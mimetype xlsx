--- v0 (2025-10-25)
+++ v1 (2025-12-22)
@@ -1603,51 +1603,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>