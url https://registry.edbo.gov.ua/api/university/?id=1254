--- v0 (2025-11-02)
+++ v1 (2025-12-19)
@@ -12119,54 +12119,54 @@
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
@@ -12188,81 +12188,81 @@
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -12420,51 +12420,51 @@
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F29" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -12585,51 +12585,51 @@
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
@@ -12753,51 +12753,51 @@
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>81</v>
       </c>
       <c r="F39" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -12849,51 +12849,51 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F42" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
@@ -13748,51 +13748,51 @@
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -14177,51 +14177,51 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -14771,60 +14771,60 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>0</v>
       </c>