--- v1 (2025-12-19)
+++ v2 (2026-02-19)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$99</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$140</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$103</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$87</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -5431,186 +5431,186 @@
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E3" s="6" t="n">
         <v>15145</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t>НД 0491650</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>26928</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно) перша англійська</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>НД 0491650</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>слов`янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>15796</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t>НД 0491650</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>26929</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>слов'янські мови та літератури (переклад включно) перша російська</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>НД 0491650</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>17131</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -5689,51 +5689,51 @@
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>15795</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G9" s="3"/>
       <c r="H9" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I9" s="9"/>
       <c r="J9" s="7" t="inlineStr">
         <is>
           <t>НД 0491653</t>
         </is>
       </c>
       <c r="K9" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>14775</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -5812,51 +5812,51 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>16161</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>НД 0491654</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>14777</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -5976,51 +5976,51 @@
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>15695</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t>НД 0491658</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>16044</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
@@ -6345,51 +6345,51 @@
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>15276</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="7" t="inlineStr">
         <is>
           <t>НД 0491662</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
         <v>17072</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -6835,51 +6835,51 @@
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>14632</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>НД 0491669</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>79069</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -6919,51 +6919,51 @@
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>78629</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>УД 04020828</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>79070</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Соціологічне забезпечення управлінської діяльності</t>
@@ -7001,51 +7001,51 @@
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>79071</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t>УД 04020830</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>79072</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -7083,51 +7083,51 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>79073</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t>УД 04020832</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>79078</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -7247,51 +7247,51 @@
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
         <v>79089</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I47" s="9"/>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t>УД 04020834</t>
         </is>
       </c>
       <c r="K47" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
         <v>79429</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
@@ -7542,51 +7542,51 @@
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
         <v>79439</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="7" t="inlineStr">
         <is>
           <t>УД 04020838</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
         <v>79433</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
@@ -7829,51 +7829,51 @@
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>79428</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t>УД 04020841</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>14308</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
@@ -8099,96 +8099,96 @@
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="7" t="inlineStr">
         <is>
           <t>- 9335</t>
         </is>
       </c>
       <c r="I67" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J67" s="7" t="inlineStr">
         <is>
           <t>НД 0491671</t>
         </is>
       </c>
       <c r="K67" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>61805</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Менеджмент об’єднання співвласників багатоквартирного будинку</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="7" t="inlineStr">
         <is>
           <t>НД 0491671</t>
         </is>
       </c>
       <c r="K68" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>13981</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -8320,59 +8320,59 @@
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>15275</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H72" s="7" t="inlineStr">
         <is>
           <t>УД 04008208</t>
         </is>
       </c>
       <c r="I72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J72" s="7" t="inlineStr">
         <is>
           <t>НД 0491676</t>
         </is>
       </c>
       <c r="K72" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>14633</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Технології та устаткування зварювання</t>
@@ -8506,51 +8506,51 @@
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>15753</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H76" s="7" t="inlineStr">
         <is>
           <t>УД 04008210</t>
         </is>
       </c>
       <c r="I76" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J76" s="7" t="inlineStr">
         <is>
           <t>НД 0491680</t>
         </is>
       </c>
       <c r="K76" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
@@ -8598,98 +8598,98 @@
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>15485</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Металургія чорних металів</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H78" s="7" t="inlineStr">
         <is>
           <t>УД 04008211</t>
         </is>
       </c>
       <c r="I78" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J78" s="7" t="inlineStr">
         <is>
           <t>НД 0491677</t>
         </is>
       </c>
       <c r="K78" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>15888</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Обробка металів тиском</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H79" s="7" t="inlineStr">
         <is>
           <t>УД 04007268</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J79" s="7" t="inlineStr">
         <is>
           <t>НД 0491677</t>
         </is>
       </c>
       <c r="K79" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
@@ -8792,188 +8792,190 @@
       <c r="E82" s="6" t="n">
         <v>12607</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Енергетичний менеджмент</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H82" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="7" t="inlineStr">
         <is>
           <t>НД 0491681</t>
         </is>
       </c>
       <c r="K82" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>14966</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Електромеханічні системи автоматизації та електропривод</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H83" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="7" t="inlineStr">
         <is>
           <t>НД 0491681</t>
         </is>
       </c>
       <c r="K83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>61525</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I84" s="9"/>
+          <t>- 19511</t>
+        </is>
+      </c>
+      <c r="I84" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J84" s="7" t="inlineStr">
         <is>
           <t>НД 0491681</t>
         </is>
       </c>
       <c r="K84" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>15755</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="7" t="inlineStr">
         <is>
           <t>УД 04003153</t>
         </is>
       </c>
       <c r="I85" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t>НД 0491679</t>
         </is>
       </c>
       <c r="K85" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>153</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>14741</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Мікро- та наносистемна техніка</t>
@@ -9013,98 +9015,98 @@
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>15451</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="7" t="inlineStr">
         <is>
           <t>УД 04008215</t>
         </is>
       </c>
       <c r="I87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J87" s="7" t="inlineStr">
         <is>
           <t>НД 0491685</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>61162</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G88" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H88" s="7" t="inlineStr">
         <is>
           <t>УД 04008215</t>
         </is>
       </c>
       <c r="I88" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J88" s="7" t="inlineStr">
         <is>
           <t>УД 04019004</t>
         </is>
       </c>
       <c r="K88" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
@@ -9197,98 +9199,98 @@
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>14434</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t>УД 04008217</t>
         </is>
       </c>
       <c r="I91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t>НД 0491683</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>60710</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
           <t>УД 04008217</t>
         </is>
       </c>
       <c r="I92" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t>УД 04019006</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
         <v>46569</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
@@ -9614,51 +9616,51 @@
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H100" s="7" t="inlineStr">
         <is>
           <t>- 13686</t>
         </is>
       </c>
       <c r="I100" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J100" s="7" t="inlineStr">
         <is>
           <t>УД 04020843</t>
         </is>
       </c>
       <c r="K100" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>79526</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -9796,51 +9798,51 @@
       <c r="E104" s="6" t="n">
         <v>79531</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H104" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I104" s="9"/>
       <c r="J104" s="7" t="inlineStr">
         <is>
           <t>УД 04020845</t>
         </is>
       </c>
       <c r="K104" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>79532</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
@@ -10154,110 +10156,112 @@
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>79598</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H112" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I112" s="9"/>
+          <t>- 19795</t>
+        </is>
+      </c>
+      <c r="I112" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J112" s="7" t="inlineStr">
         <is>
           <t>УД 04020849</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D113" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E113" s="6" t="n">
         <v>79599</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="7" t="inlineStr">
         <is>
           <t>УД 04020850</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>79600</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
@@ -11428,51 +11432,51 @@
       <c r="I140" s="9"/>
       <c r="J140" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K140"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I103"/>
+  <dimension ref="A1:I87"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -11616,51 +11620,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -11814,51 +11818,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
@@ -11917,54 +11921,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
@@ -12053,51 +12057,51 @@
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -12152,87 +12156,87 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
         <v>16</v>
       </c>
       <c r="F22" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -12288,51 +12292,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>054</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Соціологія</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -12552,216 +12556,216 @@
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="6" t="n">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="F33" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="F34" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>136</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -12816,249 +12820,249 @@
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F41" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -13080,84 +13084,84 @@
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>110</v>
+        <v>103</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>C5</t>
         </is>
       </c>
@@ -13410,54 +13414,54 @@
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>G10</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Металургія</t>
@@ -13715,1222 +13719,694 @@
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F68" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H68" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I68" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="7" t="inlineStr">
         <is>
-          <t>054</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
-          <t>Соціологія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
-        <v>6</v>
+        <v>24</v>
       </c>
       <c r="F71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H71" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I71" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B72" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="F76" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>23</v>
+        <v>11</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
-          <t>133</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
-          <t>Галузеве машинобудування</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
-          <t>136</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
-          <t>Металургія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>29</v>
+        <v>14</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>16</v>
+        <v>31</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>133</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>15</v>
+        <v>7</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
-          <t>161</t>
+          <t>136</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
-          <t>Хімічні технології та інженерія</t>
+          <t>Металургія</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
-          <t>162</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
-          <t>Біотехнології та біоінженерія</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
-          <t>172</t>
+          <t>161</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
-          <t>Електронні комунікації та радіотехніка</t>
+          <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
-[...526 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I103"/>
+  <autoFilter ref="A1:I87"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>