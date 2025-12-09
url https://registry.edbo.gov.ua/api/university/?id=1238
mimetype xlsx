--- v0 (2025-10-21)
+++ v1 (2025-12-09)
@@ -3797,54 +3797,56 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="8" t="n">
         <v>85209</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки та інформаційні технології</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I28" s="9"/>
+          <t>ДС 006500</t>
+        </is>
+      </c>
+      <c r="I28" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
@@ -3875,93 +3877,97 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
         <v>85210</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>ДС 006501</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>85213</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>ДС 006502</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
@@ -4247,51 +4253,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
@@ -4445,51 +4451,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4511,51 +4517,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>28</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
@@ -4577,51 +4583,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -4643,84 +4649,84 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>