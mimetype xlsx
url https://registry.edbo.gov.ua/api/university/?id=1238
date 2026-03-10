--- v1 (2025-12-09)
+++ v2 (2026-03-10)
@@ -4319,183 +4319,183 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>38</v>
+        <v>33</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>7</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -4550,87 +4550,87 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="F14" s="8" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Архітектура та містобудування</t>
@@ -4649,183 +4649,183 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="F19" s="8" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>