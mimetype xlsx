--- v0 (2025-12-27)
+++ v1 (2026-02-12)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$19</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$47</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$120</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$64</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$61</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -3534,256 +3534,256 @@
           <t>Економіка</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>5780</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="7" t="inlineStr">
         <is>
           <t>УП 17016775</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>6888</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t>УП 17016775</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>8586</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I5" s="9"/>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t>УП 17016775</t>
         </is>
       </c>
       <c r="K5" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>23063</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="7" t="inlineStr">
         <is>
           <t>УП 17016775</t>
         </is>
       </c>
       <c r="K6" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>35525</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Бізнес-економіка</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I7" s="9"/>
       <c r="J7" s="7" t="inlineStr">
         <is>
           <t>УП 17016775</t>
         </is>
       </c>
       <c r="K7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>51273</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом міжнародних корпорацій</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I8" s="9"/>
       <c r="J8" s="7" t="inlineStr">
         <is>
           <t>УП 17016775</t>
         </is>
       </c>
       <c r="K8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
         <v>5055</v>
       </c>
       <c r="F9" s="3" t="inlineStr">
         <is>
           <t>Облік і аудит</t>
@@ -3821,133 +3821,133 @@
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>4813</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t>УП 17016787</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
         <v>23064</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t>УП 17016787</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
         <v>58664</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t>УП 17016783</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
         <v>5446</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -4559,92 +4559,92 @@
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>4740</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Харчові технології та інженерія</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I28" s="9"/>
       <c r="J28" s="7" t="inlineStr">
         <is>
           <t>УП 17016859</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
         <v>25804</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Ресторанні технології</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I29" s="9"/>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t>УП 17016859</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>5273</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -4803,92 +4803,92 @@
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D34" s="3"/>
       <c r="E34" s="6" t="n">
         <v>23082</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t>УП 17016868</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>23086</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Міжнародний бізнес</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t>УП 17016868</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
         <v>87639</v>
@@ -4930,133 +4930,133 @@
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>76152</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t>УП 17019989</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>76452</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом міжнародних корпорацій</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t>УП 17019989</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
         <v>76484</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t>УП 17019989</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
         <v>76291</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Облік і аудит</t>
@@ -5094,51 +5094,51 @@
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>76292</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t>УП 17019991</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>76417</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
@@ -5504,92 +5504,92 @@
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
         <v>76466</v>
       </c>
       <c r="F51" s="3" t="inlineStr">
         <is>
           <t>Ресторанні технології</t>
         </is>
       </c>
       <c r="G51" s="3"/>
       <c r="H51" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I51" s="9"/>
       <c r="J51" s="7" t="inlineStr">
         <is>
           <t>УП 17019992</t>
         </is>
       </c>
       <c r="K51" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>76470</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Харчові технології та інженерія</t>
         </is>
       </c>
       <c r="G52" s="3"/>
       <c r="H52" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I52" s="9"/>
       <c r="J52" s="7" t="inlineStr">
         <is>
           <t>УП 17019992</t>
         </is>
       </c>
       <c r="K52" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>G21</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
         <v>76463</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Біотехнологія</t>
@@ -5852,141 +5852,141 @@
       <c r="E59" s="6" t="n">
         <v>5856</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Управління персоналом та економіка праці</t>
         </is>
       </c>
       <c r="G59" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H59" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="7" t="inlineStr">
         <is>
           <t>УП 17016776</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
         <v>6654</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G60" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H60" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="7" t="inlineStr">
         <is>
           <t>УП 17016776</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
         <v>7146</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Економічна кібернетика</t>
         </is>
       </c>
       <c r="G61" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H61" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="7" t="inlineStr">
         <is>
           <t>УП 17016776</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D62" s="3"/>
       <c r="E62" s="6" t="n">
         <v>9403</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Облік і аудит</t>
@@ -6032,96 +6032,96 @@
       <c r="E63" s="6" t="n">
         <v>5858</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G63" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H63" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I63" s="9"/>
       <c r="J63" s="7" t="inlineStr">
         <is>
           <t>УП 17016788</t>
         </is>
       </c>
       <c r="K63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B64" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>58670</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G64" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H64" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I64" s="9"/>
       <c r="J64" s="7" t="inlineStr">
         <is>
           <t>УП 17016784</t>
         </is>
       </c>
       <c r="K64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>4990</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
@@ -7020,51 +7020,51 @@
       <c r="E85" s="6" t="n">
         <v>23092</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I85" s="9"/>
       <c r="J85" s="7" t="inlineStr">
         <is>
           <t>УП 17016869</t>
         </is>
       </c>
       <c r="K85" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>76489</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
@@ -7249,141 +7249,141 @@
       <c r="E90" s="6" t="n">
         <v>76501</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H90" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="7" t="inlineStr">
         <is>
           <t>УП 17019994</t>
         </is>
       </c>
       <c r="K90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>76502</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Економіка управління персоналом</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="7" t="inlineStr">
         <is>
           <t>УП 17019994</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>76546</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="7" t="inlineStr">
         <is>
           <t>УП 17019994</t>
         </is>
       </c>
       <c r="K92" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>76635</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Психологія в менеджменті та бізнесі</t>
@@ -7515,51 +7515,51 @@
       <c r="E96" s="6" t="n">
         <v>76506</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Фінанси і кредит</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H96" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="7" t="inlineStr">
         <is>
           <t>УП 17019996</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>76508</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Бізнес-адміністрування</t>
@@ -8591,51 +8591,51 @@
       <c r="I120" s="9"/>
       <c r="J120" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K120" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K120"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I64"/>
+  <dimension ref="A1:I61"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -8716,117 +8716,117 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -8977,54 +8977,54 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F11" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа та кейтеринг</t>
@@ -9080,87 +9080,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="F14" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -9245,87 +9245,87 @@
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>73</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
@@ -9344,120 +9344,120 @@
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F23" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D24" s="3"/>
       <c r="E24" s="6" t="n">
         <v>129</v>
       </c>
       <c r="F24" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>162</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Біотехнології та біоінженерія</t>
@@ -9509,87 +9509,87 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>134</v>
+        <v>131</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>85</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>59</v>
+        <v>58</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -9641,54 +9641,54 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
@@ -9714,51 +9714,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F33" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H33" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I33" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
@@ -9780,51 +9780,51 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -10008,84 +10008,84 @@
       <c r="H41" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
@@ -10163,642 +10163,543 @@
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F46" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
-[...2 lines deleted...]
-      <c r="D47" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D47" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E47" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Економіка</t>
+        </is>
+      </c>
+      <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>30</v>
+        <v>0</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B51" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа та страхування</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F51" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B54" s="7" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>55</v>
+        <v>1</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>181</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Харчові технології</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
-          <t>181</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
-          <t>Харчові технології</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D58" s="3"/>
       <c r="E58" s="6" t="n">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F58" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D59" s="3"/>
       <c r="E59" s="6" t="n">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="F59" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B60" s="7" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D60" s="3"/>
       <c r="E60" s="6" t="n">
-        <v>2</v>
+        <v>62</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B61" s="7" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>1</v>
+        <v>65</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
-[...97 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I64"/>
+  <autoFilter ref="A1:I61"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>