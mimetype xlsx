--- v0 (2025-12-16)
+++ v1 (2026-02-08)
@@ -3782,88 +3782,88 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -3951,51 +3951,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -4050,51 +4050,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -4149,51 +4149,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Правоохоронна діяльність</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>206</v>
+        <v>203</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -4289,54 +4289,54 @@
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="F17" s="8" t="n">
-        <v>12</v>
+        <v>9</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>