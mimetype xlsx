--- v0 (2025-11-02)
+++ v1 (2026-01-29)
@@ -871,51 +871,51 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B3" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="8" t="n">
-        <v>270</v>
+        <v>120</v>
       </c>
       <c r="G3" s="8"/>
       <c r="H3" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.04.2025 № 30-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B4" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -985,51 +985,51 @@
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B6" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C6" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="E6" s="3"/>
       <c r="F6" s="8" t="n">
-        <v>270</v>
+        <v>120</v>
       </c>
       <c r="G6" s="8"/>
       <c r="H6" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 10.10.2019 № 969-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B7" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
@@ -1942,51 +1942,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>49</v>
+        <v>48</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -2041,51 +2041,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>