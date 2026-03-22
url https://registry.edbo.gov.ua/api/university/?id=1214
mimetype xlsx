--- v1 (2026-01-29)
+++ v2 (2026-03-22)
@@ -1975,84 +1975,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>