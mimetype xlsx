--- v0 (2025-10-25)
+++ v1 (2026-02-17)
@@ -3589,84 +3589,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
@@ -3721,117 +3721,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>69</v>
+        <v>67</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>K9</t>
         </is>
       </c>
@@ -3857,125 +3857,125 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Перукарське мистецтво та декоративна косметика</t>
         </is>
       </c>
       <c r="E11" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E12" s="8" t="n">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Дизайн одягу (взуття)</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -4030,117 +4030,117 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>