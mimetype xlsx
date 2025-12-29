--- v0 (2025-11-03)
+++ v1 (2025-12-29)
@@ -1094,84 +1094,84 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -1193,54 +1193,54 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">