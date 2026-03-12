--- v1 (2025-12-29)
+++ v2 (2026-03-12)
@@ -860,97 +860,93 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>35282</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
-          <t>- 10378</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I2" s="9"/>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>38926</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
-          <t>- 10322</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
@@ -1193,51 +1189,51 @@
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>