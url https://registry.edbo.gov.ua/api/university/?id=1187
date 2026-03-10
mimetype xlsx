--- v0 (2025-12-25)
+++ v1 (2026-03-10)
@@ -1438,51 +1438,51 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -1504,150 +1504,150 @@
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>15</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>11</v>
+        <v>17</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
         <v>43</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>