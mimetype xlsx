--- v0 (2025-10-18)
+++ v1 (2025-12-03)
@@ -518,51 +518,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>65</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 27.05.2021 № 62-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
@@ -618,51 +618,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -1377,117 +1377,117 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F2" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
@@ -1576,51 +1576,51 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>42</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>