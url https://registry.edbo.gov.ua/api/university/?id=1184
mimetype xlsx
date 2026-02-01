--- v1 (2025-12-03)
+++ v2 (2026-02-01)
@@ -1513,84 +1513,84 @@
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
         <v>5</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>19</v>
+        <v>11</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1645,51 +1645,51 @@
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">