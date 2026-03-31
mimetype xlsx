--- v2 (2026-02-01)
+++ v3 (2026-03-31)
@@ -1510,51 +1510,51 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -1576,54 +1576,54 @@
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Право</t>
@@ -1642,51 +1642,51 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>