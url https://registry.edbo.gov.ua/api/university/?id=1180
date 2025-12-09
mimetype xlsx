--- v0 (2025-10-22)
+++ v1 (2025-12-09)
@@ -1,74 +1,71 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
-    <sheet name="Здобувачі ПТО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$23</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$48</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$39</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$18</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ПТО'!$A$1:$F$2</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -171,51 +168,51 @@
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -5025,51 +5022,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -5091,117 +5088,117 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>37</v>
+        <v>35</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D6</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Секретарська та офісна справа</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -5355,84 +5352,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -5457,51 +5454,51 @@
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>152</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -5553,155 +5550,67 @@
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>14</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I18"/>
-  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
-[...86 lines deleted...]
-  <autoFilter ref="A1:F2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>