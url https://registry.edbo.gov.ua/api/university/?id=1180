--- v1 (2025-12-09)
+++ v2 (2026-02-08)
@@ -5022,84 +5022,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>64</v>
+        <v>62</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -5319,285 +5319,285 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>89</v>
+        <v>84</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>132</v>
+        <v>129</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F16" s="8" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>30</v>
       </c>
       <c r="F18" s="8" t="n">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I18"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">