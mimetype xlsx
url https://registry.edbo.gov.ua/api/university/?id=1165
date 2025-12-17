--- v0 (2025-10-28)
+++ v1 (2025-12-17)
@@ -414,63 +414,63 @@
         <is>
           <t>tt_ktu@meta.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://itknu.dp.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Казанова Зоя Миколаївна</t>
+          <t>Виговська Маргарита Сергіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -3289,51 +3289,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>