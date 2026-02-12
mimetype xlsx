--- v1 (2025-12-17)
+++ v2 (2026-02-12)
@@ -3058,51 +3058,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>9</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
@@ -3157,51 +3157,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -3223,51 +3223,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>23</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>184</t>
         </is>
       </c>
@@ -3322,84 +3322,84 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>