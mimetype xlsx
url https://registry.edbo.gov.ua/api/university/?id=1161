--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -2295,97 +2295,93 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
         <v>53906</v>
       </c>
       <c r="F17" s="3" t="inlineStr">
         <is>
           <t>Товарознавство в митній справі</t>
         </is>
       </c>
       <c r="G17" s="3"/>
       <c r="H17" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I17" s="9"/>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
         <v>59193</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>Комерційна діяльність</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I18" s="9"/>
       <c r="J18" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K18" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="8" t="n">
@@ -2500,51 +2496,51 @@
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="8" t="n">
         <v>50043</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Організація обслуговування та ремонту швидкісного рухомого складу</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t>- 0</t>
         </is>
       </c>
       <c r="I22" s="9" t="n">
-        <v>46018</v>
+        <v>46420</v>
       </c>
       <c r="J22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K22" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D23" s="3"/>
@@ -3073,51 +3069,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
@@ -3275,51 +3271,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>38</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I10"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>