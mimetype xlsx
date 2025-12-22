--- v0 (2025-10-23)
+++ v1 (2025-12-22)
@@ -759,128 +759,134 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Стратегічне керівництво у секторі безпеки і оборони</t>
         </is>
       </c>
       <c r="F2" s="6" t="n">
         <v>150</v>
       </c>
       <c r="G2" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H2" s="9"/>
+          <t> 18999</t>
+        </is>
+      </c>
+      <c r="H2" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування, управління та забезпечення дій безпілотних систем</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G3" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H3" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="H3" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Організація соціальної роботи у військах (силах)</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>30</v>
       </c>
       <c r="G4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.04.2025 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>253</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
@@ -2133,54 +2139,56 @@
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>87992</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна програма першого (бакалаврського) рівня вищої освіти ступеня бакалавр за спеціальністю 017 Фізична культура і спорт спеціалізацією Фізичне виховання і спорт у Збройних Силах</t>
         </is>
       </c>
       <c r="G5" s="3"/>
       <c r="H5" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I5" s="9"/>
+          <t>- 19000</t>
+        </is>
+      </c>
+      <c r="I5" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J5" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
@@ -4817,2382 +4825,2492 @@
         <is>
           <t>K3</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Національна безпека</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>75203</v>
       </c>
       <c r="F65" s="3" t="inlineStr">
         <is>
           <t>Стратегічне керівництво у секторі безпеки і оборони</t>
         </is>
       </c>
       <c r="G65" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H65" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I65" s="9"/>
+          <t>- 18999</t>
+        </is>
+      </c>
+      <c r="I65" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J65" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K65" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D66" s="3"/>
       <c r="E66" s="6" t="n">
         <v>75196</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування, управління та забезпечення дій безпілотних систем</t>
         </is>
       </c>
       <c r="G66" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I66" s="9"/>
       <c r="J66" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K66" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K66" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D67" s="3"/>
       <c r="E67" s="6" t="n">
         <v>75200</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин Сил спеціальних операцій</t>
         </is>
       </c>
       <c r="G67" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I67" s="9"/>
       <c r="J67" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K67" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K67" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D68" s="3"/>
       <c r="E68" s="6" t="n">
         <v>75212</v>
       </c>
       <c r="F68" s="3" t="inlineStr">
         <is>
           <t>Військове управління (за видами збройних сил)</t>
         </is>
       </c>
       <c r="G68" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H68" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I68" s="9"/>
       <c r="J68" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K68" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K68" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D69" s="3"/>
       <c r="E69" s="6" t="n">
         <v>75217</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування, управління та забезпечення дій безпілотних авіаційних систем</t>
         </is>
       </c>
       <c r="G69" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I69" s="9"/>
       <c r="J69" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K69" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K69" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
         <v>75220</v>
       </c>
       <c r="F70" s="3" t="inlineStr">
         <is>
           <t>Організація бойового застосування та експлуатації озброєння і військової техніки Військово-Морських Сил</t>
         </is>
       </c>
       <c r="G70" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H70" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I70" s="9"/>
       <c r="J70" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K70" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K70" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D71" s="3"/>
       <c r="E71" s="6" t="n">
         <v>75224</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин авіації</t>
         </is>
       </c>
       <c r="G71" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I71" s="9"/>
       <c r="J71" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K71" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K71" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D72" s="3"/>
       <c r="E72" s="6" t="n">
         <v>75227</v>
       </c>
       <c r="F72" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин авіації Сухопутних військ</t>
         </is>
       </c>
       <c r="G72" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H72" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I72" s="9"/>
       <c r="J72" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K72" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K72" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
         <v>75229</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин радіотехнічних військ</t>
         </is>
       </c>
       <c r="G73" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I73" s="9"/>
       <c r="J73" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K73" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K73" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
         <v>75233</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин зенітних ракетних військ</t>
         </is>
       </c>
       <c r="G74" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H74" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I74" s="9"/>
       <c r="J74" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K74" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K74" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>75234</v>
       </c>
       <c r="F75" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин Військово-Морських Сил</t>
         </is>
       </c>
       <c r="G75" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K75" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K75" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
         <v>75237</v>
       </c>
       <c r="F76" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин військової розвідки та спеціального призначення</t>
         </is>
       </c>
       <c r="G76" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H76" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I76" s="9"/>
       <c r="J76" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K76" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K76" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
         <v>75239</v>
       </c>
       <c r="F77" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин військ протиповітряної оборони Сухопутних військ</t>
         </is>
       </c>
       <c r="G77" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H77" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I77" s="9"/>
       <c r="J77" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K77" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K77" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
         <v>75241</v>
       </c>
       <c r="F78" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин ракетних військ і артилерії</t>
         </is>
       </c>
       <c r="G78" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H78" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I78" s="9"/>
       <c r="J78" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K78" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K78" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>75242</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин Десантно-штурмових військ</t>
         </is>
       </c>
       <c r="G79" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I79" s="9"/>
       <c r="J79" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K79" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K79" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>K5</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Військове управління</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
         <v>75244</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Бойове застосування та управління діями військових частин механізованих і танкових військ</t>
         </is>
       </c>
       <c r="G80" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I80" s="9"/>
       <c r="J80" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K80" s="9"/>
+          <t>УД 11021436</t>
+        </is>
+      </c>
+      <c r="K80" s="9" t="n">
+        <v>46935</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
         <v>66623</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Організація правопорядку в секторі безпеки та оборони</t>
         </is>
       </c>
       <c r="G81" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I81" s="9"/>
       <c r="J81" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K81" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K81" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
         <v>66630</v>
       </c>
       <c r="F82" s="3" t="inlineStr">
         <is>
           <t>Організація забезпечення зв’язків з громадськістю</t>
         </is>
       </c>
       <c r="G82" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H82" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I82" s="9"/>
       <c r="J82" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K82" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K82" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D83" s="3"/>
       <c r="E83" s="6" t="n">
         <v>66633</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Організація психологічної підтримки персоналу військ (сил)</t>
         </is>
       </c>
       <c r="G83" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I83" s="9"/>
       <c r="J83" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K83" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K83" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
         <v>66634</v>
       </c>
       <c r="F84" s="3" t="inlineStr">
         <is>
           <t>Організація інформаційної боротьби</t>
         </is>
       </c>
       <c r="G84" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H84" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I84" s="9"/>
       <c r="J84" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K84" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K84" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>66636</v>
       </c>
       <c r="F85" s="3" t="inlineStr">
         <is>
           <t>Організація застосування сил логістики повітряної компоненти</t>
         </is>
       </c>
       <c r="G85" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H85" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I85" s="9"/>
       <c r="J85" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K85" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K85" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>75176</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Організація соціальної роботи у військах (силах)</t>
         </is>
       </c>
       <c r="G86" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K86" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K86" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>75190</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Організація фізичного виховання та фізкультурно-спортивної реабілітації військовослужбовців у військах (силах)</t>
         </is>
       </c>
       <c r="G87" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K87" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K87" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>75192</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Організація воєнно-історичної роботи у військах (силах)</t>
         </is>
       </c>
       <c r="G88" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I88" s="9"/>
       <c r="J88" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K88" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K88" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
         <v>75194</v>
       </c>
       <c r="F89" s="3" t="inlineStr">
         <is>
           <t>Організація та ведення кіберборотьби</t>
         </is>
       </c>
       <c r="G89" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H89" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I89" s="9"/>
       <c r="J89" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K89" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K89" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>75206</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Організація тилового забезпечення військових частин (за видами та родами військ і сил)</t>
         </is>
       </c>
       <c r="G90" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I90" s="9"/>
       <c r="J90" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K90" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K90" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>75210</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G91" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K91" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K91" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>75214</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Організація логістичного забезпечення</t>
         </is>
       </c>
       <c r="G92" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H92" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I92" s="9"/>
       <c r="J92" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K92" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K92" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>75248</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Організація морально-психологічного забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G93" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H93" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K93" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K93" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>75252</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Управління інформаційною безпекою у збройних силах</t>
         </is>
       </c>
       <c r="G94" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H94" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I94" s="9"/>
       <c r="J94" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K94" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K94" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>75256</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Організація правоохоронної діяльності у збройних силах</t>
         </is>
       </c>
       <c r="G95" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K95" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K95" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>75368</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Організація фізичної підготовки і спорту у військах (силах)</t>
         </is>
       </c>
       <c r="G96" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K96" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K96" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>75370</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Організація правового забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G97" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H97" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K97" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K97" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>75376</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Організація метрологічного забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G98" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K98" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K98" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>75381</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Організація танко-технічного та автотехнічного забезпечення</t>
         </is>
       </c>
       <c r="G99" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H99" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I99" s="9"/>
       <c r="J99" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K99" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K99" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
         <v>75383</v>
       </c>
       <c r="F100" s="3" t="inlineStr">
         <is>
           <t>Організація ракетно-технічного та артилерійсько-технічного забезпечення</t>
         </is>
       </c>
       <c r="G100" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H100" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I100" s="9"/>
       <c r="J100" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K100" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K100" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C101" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>75384</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Організація радіоелектронної боротьби</t>
         </is>
       </c>
       <c r="G101" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K101" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K101" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>75388</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Організація радіаційного, хімічного та біологічного захисту військ (сил)</t>
         </is>
       </c>
       <c r="G102" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K102" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K102" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>75390</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Організація інженерного забезпечення бойових дій військ (сил)</t>
         </is>
       </c>
       <c r="G103" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H103" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I103" s="9"/>
       <c r="J103" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K103" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K103" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
         <v>75392</v>
       </c>
       <c r="F104" s="3" t="inlineStr">
         <is>
           <t>Організація зв'язку та автоматизованих систем управління</t>
         </is>
       </c>
       <c r="G104" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H104" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I104" s="9"/>
       <c r="J104" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K104" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K104" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C105" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D105" s="3"/>
       <c r="E105" s="6" t="n">
         <v>75395</v>
       </c>
       <c r="F105" s="3" t="inlineStr">
         <is>
           <t>Організація топогеодезичного та навігаційного забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G105" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H105" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I105" s="9"/>
       <c r="J105" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K105" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K105" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
         <v>75397</v>
       </c>
       <c r="F106" s="3" t="inlineStr">
         <is>
           <t>Організація військово-космічних систем</t>
         </is>
       </c>
       <c r="G106" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H106" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I106" s="9"/>
       <c r="J106" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K106" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K106" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>75402</v>
       </c>
       <c r="F107" s="3" t="inlineStr">
         <is>
           <t>Організація аеродромно-технічного та інженерно-аеродромного забезпечення</t>
         </is>
       </c>
       <c r="G107" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H107" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I107" s="9"/>
       <c r="J107" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K107" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K107" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
         <v>75408</v>
       </c>
       <c r="F108" s="3" t="inlineStr">
         <is>
           <t>Організація експлуатації та ремонту озброєння та військової техніки радіотехнічних військ</t>
         </is>
       </c>
       <c r="G108" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H108" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I108" s="9"/>
       <c r="J108" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K108" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K108" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
         <v>75412</v>
       </c>
       <c r="F109" s="3" t="inlineStr">
         <is>
           <t>Організація експлуатації та ремонту озброєння та військової техніки зенітних ракетних військ</t>
         </is>
       </c>
       <c r="G109" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H109" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I109" s="9"/>
       <c r="J109" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K109" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K109" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
         <v>75416</v>
       </c>
       <c r="F110" s="3" t="inlineStr">
         <is>
           <t>Організація інженерно-авіаційного забезпечення</t>
         </is>
       </c>
       <c r="G110" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H110" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I110" s="9"/>
       <c r="J110" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K110" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K110" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>75420</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Організація зв'язку, автоматизація управління та радіотехнічного забезпечення</t>
         </is>
       </c>
       <c r="G111" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K111" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K111" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>75425</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Організація психологічного забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G112" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K112" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K112" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>75430</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Організація радіоелектронної розвідки</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K113" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K113" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>75432</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Кадровий менеджмент у військах (силах)</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I114" s="9"/>
       <c r="J114" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K114" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K114" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
         <v>75433</v>
       </c>
       <c r="F115" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-пропагандистське забезпечення військ (сил) та ідеологічна робота у військах</t>
         </is>
       </c>
       <c r="G115" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H115" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I115" s="9"/>
       <c r="J115" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K115" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K115" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>75436</v>
       </c>
       <c r="F116" s="3" t="inlineStr">
         <is>
           <t>Інформаційно-аналітичне забезпечення органів військового управління</t>
         </is>
       </c>
       <c r="G116" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H116" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I116" s="9"/>
       <c r="J116" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K116" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K116" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>75438</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Економіка та фінансове забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="G117" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I117" s="9"/>
       <c r="J117" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K117" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K117" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
         <v>75441</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Застосування та управління діями військових частин та установ матеріально-технічного забезпечення</t>
         </is>
       </c>
       <c r="G118" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H118" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I118" s="9"/>
       <c r="J118" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K118" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K118" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>K6</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Забезпечення військ (сил)</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
         <v>75444</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Захист інформації з обмеженим доступом у військах (силах)</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I119" s="9"/>
       <c r="J119" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K119" s="9"/>
+          <t>УД 11006208</t>
+        </is>
+      </c>
+      <c r="K119" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
         <v>37116</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>