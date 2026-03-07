--- v0 (2025-12-05)
+++ v1 (2026-03-07)
@@ -1,64 +1,67 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Override PartName="/_rels/.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/_rels/workbook.xml.rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
-    <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
-[...2 lines deleted...]
-    <sheet name="Здобувачі ВО" sheetId="5" state="visible" r:id="rId6"/>
+    <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
+    <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
+    <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
+    <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$22</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$30</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$20</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
@@ -128,88 +131,88 @@
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="0"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="43"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="41"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="44"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="42"/>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="1" numFmtId="9"/>
   </cellStyleXfs>
   <cellXfs count="10">
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="164" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="general" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
+    <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="4" numFmtId="164" xfId="0">
+      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
+      <protection locked="true" hidden="false"/>
+    </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="false" applyBorder="false" applyFont="true" applyProtection="false" borderId="0" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="general" vertical="bottom" textRotation="0" wrapText="false" indent="0" shrinkToFit="false"/>
-      <protection locked="true" hidden="false"/>
-[...2 lines deleted...]
-      <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="165" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="166" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
     <xf applyAlignment="true" applyBorder="true" applyFont="true" applyProtection="false" borderId="1" fillId="0" fontId="0" numFmtId="167" xfId="0">
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:B21"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="100"/>
     <col collapsed="false" hidden="false" max="1024" min="3" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="2" t="inlineStr">
         <is>
           <t>Назва закладу освіти</t>
@@ -448,139 +451,182 @@
           <t>Росоха Володимир Войтехович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <sheetPr filterMode="false">
+    <pageSetUpPr fitToPage="false"/>
+  </sheetPr>
+  <dimension ref="A1:A2"/>
+  <sheetViews>
+    <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
+    </sheetView>
+  </sheetViews>
+  <cols>
+    <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="100"/>
+    <col collapsed="false" hidden="false" max="1024" min="2" style="0" customWidth="false" width="11.5"/>
+  </cols>
+  <sheetData>
+    <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
+      <c r="A1" s="4" t="inlineStr">
+        <is>
+          <t>Назва факультета</t>
+        </is>
+      </c>
+    </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
+      <c r="A2" s="3" t="inlineStr">
+        <is>
+          <t>Природничо-гуманітарний фаховий коледж Державного вищого навчального закладу "Ужгородський національний університет"</t>
+        </is>
+      </c>
+    </row>
+  </sheetData>
+  <autoFilter ref="A1:A2"/>
+  <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
+  <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
+  <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
+  <headerFooter differentFirst="false" differentOddEven="false">
+    <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
+    <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
+  </headerFooter>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:L17"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="6" t="inlineStr">
+      <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
-      <c r="B1" s="6" t="inlineStr">
+      <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="C1" s="6" t="inlineStr">
+      <c r="C1" s="4" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="6" t="inlineStr">
+      <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="E1" s="6" t="inlineStr">
+      <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
-      <c r="F1" s="6" t="inlineStr">
+      <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
-      <c r="G1" s="6" t="inlineStr">
+      <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (денна)</t>
         </is>
       </c>
-      <c r="H1" s="6" t="inlineStr">
+      <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
-      <c r="I1" s="6" t="inlineStr">
+      <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
-      <c r="J1" s="6" t="inlineStr">
+      <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
-      <c r="K1" s="6" t="inlineStr">
+      <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
-      <c r="L1" s="6" t="inlineStr">
+      <c r="L1" s="4" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>75</v>
       </c>
@@ -1276,125 +1322,125 @@
       </c>
       <c r="J17" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K17" s="9"/>
       <c r="L17" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 27.06.2019 № 940-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L17"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:J22"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="11" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="6" t="inlineStr">
+      <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
         </is>
       </c>
-      <c r="B1" s="6" t="inlineStr">
+      <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Вид освітньої діяльності</t>
         </is>
       </c>
-      <c r="C1" s="6" t="inlineStr">
+      <c r="C1" s="4" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="6" t="inlineStr">
+      <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="E1" s="6" t="inlineStr">
+      <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="F1" s="6" t="inlineStr">
+      <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
-      <c r="G1" s="6" t="inlineStr">
+      <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
-      <c r="H1" s="6" t="inlineStr">
+      <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
-      <c r="I1" s="6" t="inlineStr">
+      <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
-      <c r="J1" s="6" t="inlineStr">
+      <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
@@ -2166,129 +2212,129 @@
       <c r="G22" s="8"/>
       <c r="H22" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.08.2024 № 517-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J22"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K30"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="6" t="inlineStr">
+      <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
-      <c r="B1" s="6" t="inlineStr">
+      <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="C1" s="6" t="inlineStr">
+      <c r="C1" s="4" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="6" t="inlineStr">
+      <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="E1" s="6" t="inlineStr">
+      <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Код ОП в ЄДЕБО</t>
         </is>
       </c>
-      <c r="F1" s="6" t="inlineStr">
+      <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Назва ОП</t>
         </is>
       </c>
-      <c r="G1" s="6" t="inlineStr">
+      <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Тип програми</t>
         </is>
       </c>
-      <c r="H1" s="6" t="inlineStr">
+      <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію ОП</t>
         </is>
       </c>
-      <c r="I1" s="6" t="inlineStr">
+      <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
-      <c r="J1" s="6" t="inlineStr">
+      <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію спеціальності</t>
         </is>
       </c>
-      <c r="K1" s="6" t="inlineStr">
+      <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії </t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>14070</v>
       </c>
@@ -3421,141 +3467,141 @@
       <c r="H30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I30" s="9"/>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K30"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I20"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
-      <c r="A1" s="6" t="inlineStr">
+      <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
-      <c r="B1" s="6" t="inlineStr">
+      <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Код спеціальності</t>
         </is>
       </c>
-      <c r="C1" s="6" t="inlineStr">
+      <c r="C1" s="4" t="inlineStr">
         <is>
           <t>Назва спеціальності</t>
         </is>
       </c>
-      <c r="D1" s="6" t="inlineStr">
+      <c r="D1" s="4" t="inlineStr">
         <is>
           <t>Спеціалізація</t>
         </is>
       </c>
-      <c r="E1" s="6" t="inlineStr">
+      <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Денна</t>
         </is>
       </c>
-      <c r="F1" s="6" t="inlineStr">
+      <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Заочна</t>
         </is>
       </c>
-      <c r="G1" s="6" t="inlineStr">
+      <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Екстернатна</t>
         </is>
       </c>
-      <c r="H1" s="6" t="inlineStr">
+      <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Вечірня</t>
         </is>
       </c>
-      <c r="I1" s="6" t="inlineStr">
+      <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -3676,84 +3722,84 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>G18</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>I8</t>
         </is>
       </c>
@@ -3775,84 +3821,84 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Туризм та рекреація</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F10" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
@@ -3874,216 +3920,216 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="F13" s="8" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>231</v>
+        <v>224</v>
       </c>
       <c r="F15" s="8" t="n">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>244</v>
+        <v>228</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>12</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="8" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>193</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Геодезія та землеустрій</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="8" t="n">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="F18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -4105,51 +4151,51 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I20"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>