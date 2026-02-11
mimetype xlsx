--- v0 (2025-12-16)
+++ v1 (2026-02-11)
@@ -2578,51 +2578,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -2644,51 +2644,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -2875,51 +2875,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>183</v>
+        <v>115</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>