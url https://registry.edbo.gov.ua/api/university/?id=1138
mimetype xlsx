--- v0 (2025-10-20)
+++ v1 (2025-12-05)
@@ -2553,87 +2553,87 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F4" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
@@ -2656,54 +2656,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -2788,150 +2788,150 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>