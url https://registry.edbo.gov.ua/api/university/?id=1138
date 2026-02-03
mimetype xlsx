--- v1 (2025-12-05)
+++ v2 (2026-02-03)
@@ -18,53 +18,53 @@
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$6</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$18</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$14</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
@@ -507,51 +507,51 @@
         <v>102</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.07.2021 № 83-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:C2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:L18"/>
+  <dimension ref="A1:L2"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="1024" min="13" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
@@ -641,772 +641,52 @@
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
       <c r="L2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.12.2016 № 1565</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
-[...718 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:L18"/>
+  <autoFilter ref="A1:L2"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:J6"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
@@ -1660,51 +940,51 @@
       </c>
       <c r="I6" s="9"/>
       <c r="J6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.06.2021 № 67-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:J6"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K18"/>
+  <dimension ref="A1:K16"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -2136,334 +1416,252 @@
       <c r="E11" s="6" t="n">
         <v>75882</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>25994</v>
+        <v>46138</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I12" s="9"/>
+          <t>ПС 001451</t>
+        </is>
+      </c>
+      <c r="I12" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
-          <t>УП 11016174</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>25995</v>
+        <v>64008</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I13" s="9"/>
+          <t>ПС 004332</t>
+        </is>
+      </c>
+      <c r="I13" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
-          <t>УП 11016175</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>46138</v>
+        <v>46139</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
-          <t>ПС 001451</t>
+          <t>ПС 001058</t>
         </is>
       </c>
       <c r="I14" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K14" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>64008</v>
+        <v>72112</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво, торгівля та біржова діяльність</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
-          <t>ПС 004332</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>46139</v>
+        <v>75877</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
-          <t>ПС 001058</t>
+          <t>ПС 005574</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
-[...78 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K18"/>
+  <autoFilter ref="A1:K16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I14"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -2725,51 +1923,51 @@
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>