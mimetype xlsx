--- v2 (2026-02-03)
+++ v3 (2026-03-23)
@@ -21,51 +21,51 @@
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ФПО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$6</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$16</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$14</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$13</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1633,51 +1633,51 @@
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I14"/>
+  <dimension ref="A1:I13"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -1751,51 +1751,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -1840,345 +1840,308 @@
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+        </is>
+      </c>
+      <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F6" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="F7" s="6" t="n">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>17</v>
+        <v>0</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
-          <t>Бакалавр</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>D7</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Торгівля</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="F10" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
-          <t>D7</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
-          <t>Торгівля</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>30</v>
+        <v>8</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>10</v>
+        <v>18</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
-[...31 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I14"/>
+  <autoFilter ref="A1:I13"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>