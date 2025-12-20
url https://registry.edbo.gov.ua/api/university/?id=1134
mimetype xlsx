--- v0 (2025-11-04)
+++ v1 (2025-12-20)
@@ -414,51 +414,51 @@
         <is>
           <t>pkknu@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>http://politktu.dp.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Кутова Наталя Геннадіївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -2672,88 +2672,88 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>250</v>
+        <v>247</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>14</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>