--- v1 (2025-12-20)
+++ v2 (2026-03-03)
@@ -2474,51 +2474,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -2540,54 +2540,54 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
@@ -2672,91 +2672,91 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E9" s="8" t="n">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I9"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">