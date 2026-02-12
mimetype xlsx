--- v0 (2025-10-20)
+++ v1 (2026-02-12)
@@ -3053,51 +3053,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -3164,88 +3164,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E7" s="8" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
@@ -3267,51 +3267,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3341,51 +3341,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E12" s="8" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -3452,88 +3452,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Аграрне виробництво, переробка сільськогосподарської продукції та харчові технології</t>
         </is>
       </c>
       <c r="E15" s="8" t="n">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>5</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Транспорт</t>
         </is>
       </c>
       <c r="E16" s="8" t="n">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>