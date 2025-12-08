--- v0 (2025-10-21)
+++ v1 (2025-12-08)
@@ -5836,88 +5836,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F8" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F9" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -6142,51 +6142,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -7541,51 +7541,51 @@
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
@@ -7670,51 +7670,51 @@
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D61" s="3"/>
       <c r="E61" s="6" t="n">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I61"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>