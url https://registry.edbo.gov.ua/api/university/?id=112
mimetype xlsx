--- v1 (2025-12-08)
+++ v2 (2026-02-09)
@@ -24,51 +24,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ФПО" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Освітні програми" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Здобувачі ВО" sheetId="7" state="visible" r:id="rId8"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$27</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$7</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$75</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$61</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$57</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2353,133 +2353,133 @@
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>49641</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t>АК 23000224</t>
         </is>
       </c>
       <c r="K2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>20377</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта (бакалавр)</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t>АК 23000225</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>49642</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>АК 23000225</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>40178</v>
@@ -2703,51 +2703,51 @@
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>64542</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t>АК 23008358</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Мова і література</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>5182</v>
@@ -2836,51 +2836,51 @@
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>46719</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t>АК 23008358</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>46721</v>
@@ -3047,92 +3047,92 @@
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
         <v>5267</v>
       </c>
       <c r="F18" s="3" t="inlineStr">
         <is>
           <t>керівник дитячого хореографічного колективу</t>
         </is>
       </c>
       <c r="G18" s="3"/>
       <c r="H18" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I18" s="9"/>
       <c r="J18" s="8" t="inlineStr">
         <is>
           <t>АК 23008357</t>
         </is>
       </c>
       <c r="K18" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>46720</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I19" s="9"/>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t>АК 23008357</t>
         </is>
       </c>
       <c r="K19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
         <v>24735</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
@@ -4074,99 +4074,103 @@
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>20392</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G43" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H43" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I43" s="9"/>
+          <t>- 19429</t>
+        </is>
+      </c>
+      <c r="I43" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t>АК 23001117</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>20394</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G44" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H44" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>- 19434</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t>АК 23001118</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
@@ -4505,56 +4509,54 @@
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
         <v>7772</v>
       </c>
       <c r="F52" s="3" t="inlineStr">
         <is>
           <t>Управління навчальним закладом</t>
         </is>
       </c>
       <c r="G52" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H52" s="8" t="inlineStr">
         <is>
-          <t>- 10091</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I52" s="9"/>
       <c r="J52" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K52" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
@@ -5530,51 +5532,51 @@
       <c r="I75" s="9"/>
       <c r="J75" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K75" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K75"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I61"/>
+  <dimension ref="A1:I57"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -5870,51 +5872,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E9" s="6" t="n">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
@@ -6401,51 +6403,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -6677,51 +6679,51 @@
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -6776,51 +6778,51 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="F35" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>6.010102</t>
         </is>
       </c>
@@ -7112,625 +7114,485 @@
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D46" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D46" s="3" t="inlineStr">
+        <is>
+          <t>Мова і література</t>
+        </is>
+      </c>
       <c r="E46" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D47" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D47" s="3" t="inlineStr">
+        <is>
+          <t>Мистецтво. Музичне мистецтво</t>
+        </is>
+      </c>
       <c r="E47" s="6" t="n">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="F47" s="6" t="n">
-        <v>14</v>
+        <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
-          <t>Мова і література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E48" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Туризм і рекреація</t>
+        </is>
+      </c>
+      <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Молодший спеціаліст</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Початкова освіта</t>
+        </is>
+      </c>
+      <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F51" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D52" s="3"/>
       <c r="E52" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="F52" s="6" t="n">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C53" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D53" s="3"/>
       <c r="E53" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F53" s="6" t="n">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="G53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H53" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="F54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
-          <t>Молодший спеціаліст</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>3</v>
+        <v>61</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>012</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
-        <v>0</v>
+        <v>84</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
-          <t>Доктор філософії</t>
+          <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>013</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D57" s="3"/>
       <c r="E57" s="6" t="n">
-        <v>0</v>
+        <v>136</v>
       </c>
       <c r="F57" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
-[...130 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I61"/>
+  <autoFilter ref="A1:I57"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>