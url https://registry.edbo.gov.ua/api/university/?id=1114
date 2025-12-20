--- v0 (2025-10-24)
+++ v1 (2025-12-20)
@@ -2485,84 +2485,84 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
@@ -2588,51 +2588,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>24</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>