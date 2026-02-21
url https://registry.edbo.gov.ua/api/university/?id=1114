--- v1 (2025-12-20)
+++ v2 (2026-02-21)
@@ -2009,183 +2009,175 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>45903</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Монтаж, обслуговування та ремонт автоматизованих систем керування рухом на залізничному транспорті</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I10" s="9"/>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
         <v>45905</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування, ремонт та експлуатація тягового рухомого складу</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I11" s="9"/>
       <c r="J11" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K11" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>45906</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Технічне обслуговування та ремонт пристроїв електропостачання залізниць</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I12" s="9"/>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>на залізничному транспорті</t>
         </is>
       </c>
       <c r="E13" s="8" t="n">
         <v>45907</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Організація перевезень і управління на залізничному транспорті</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I13" s="9"/>
       <c r="J13" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
@@ -2518,84 +2510,84 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>J7</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>273</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Залізничний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>148</v>
+        <v>143</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>