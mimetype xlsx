--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -2151,51 +2151,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E4" s="8" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>