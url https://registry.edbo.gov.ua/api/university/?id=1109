--- v1 (2025-12-21)
+++ v2 (2026-02-14)
@@ -2254,51 +2254,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>168</v>
+        <v>166</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>