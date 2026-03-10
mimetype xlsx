--- v0 (2025-10-27)
+++ v1 (2026-03-10)
@@ -3287,157 +3287,157 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B14</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Організація соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>4</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>B4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво та реставрація</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Візуальні мистецтва</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>8</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>20</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
@@ -3464,51 +3464,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E8" s="8" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -3530,120 +3530,120 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="F12" s="8" t="n">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>