--- v0 (2025-10-29)
+++ v1 (2025-12-17)
@@ -3098,117 +3098,117 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3230,51 +3230,51 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
@@ -3296,51 +3296,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>