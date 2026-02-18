--- v1 (2025-12-17)
+++ v2 (2026-02-18)
@@ -3098,117 +3098,117 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3230,117 +3230,117 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>