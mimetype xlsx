--- v0 (2025-11-01)
+++ v1 (2025-12-17)
@@ -1670,51 +1670,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>25</v>
+        <v>24</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>10</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>