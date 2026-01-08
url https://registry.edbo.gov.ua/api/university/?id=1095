--- v0 (2025-11-04)
+++ v1 (2026-01-08)
@@ -355,63 +355,63 @@
         <is>
           <t>Дніпропетровська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
           <t>м. Дніпро</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>вул. Гладкова, 39</t>
+          <t>вул. Квартальна, 39</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>(056)790-23-43</t>
+          <t>+38(056)-790-23-43</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>dvufk@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>dfks.com.ua</t>
         </is>