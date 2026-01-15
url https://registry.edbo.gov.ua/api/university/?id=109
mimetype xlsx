--- v0 (2025-11-16)
+++ v1 (2026-01-15)
@@ -29,52 +29,52 @@
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$3</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$232</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$190</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$230</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$161</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2027,51 +2027,51 @@
       </c>
       <c r="C3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="D3" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:D3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K232"/>
+  <dimension ref="A1:K230"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
@@ -3665,51 +3665,51 @@
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
         <v>51378</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Журналістика. Реклама і зв’язки з громадськістю</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t>УД 06010591</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>5433</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -3911,51 +3911,51 @@
           <t>Екологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>6004</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t>УД 06010592</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>4794</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
@@ -6787,96 +6787,96 @@
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>29003</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта та англійська мова</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t>УД 06007734</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>29611</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта та англійська мова</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
           <t>УД 06006902</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
@@ -7077,196 +7077,198 @@
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
         <v>29294</v>
       </c>
       <c r="F119" s="3" t="inlineStr">
         <is>
           <t>Інформатика в закладах освіти</t>
         </is>
       </c>
       <c r="G119" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H119" s="8" t="inlineStr">
         <is>
           <t>УД 06007738</t>
         </is>
       </c>
       <c r="I119" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J119" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K119" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D120" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E120" s="6" t="n">
         <v>64225</v>
       </c>
       <c r="F120" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G120" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H120" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I120" s="9"/>
+          <t>- 19437</t>
+        </is>
+      </c>
+      <c r="I120" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J120" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K120" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D121" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E121" s="6" t="n">
         <v>29298</v>
       </c>
       <c r="F121" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика та інформатика)</t>
         </is>
       </c>
       <c r="G121" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H121" s="8" t="inlineStr">
         <is>
           <t>УД 06006903</t>
         </is>
       </c>
       <c r="I121" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J121" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K121" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D122" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E122" s="6" t="n">
         <v>29675</v>
       </c>
       <c r="F122" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література, англійська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G122" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H122" s="8" t="inlineStr">
         <is>
           <t>УД 06008480</t>
         </is>
       </c>
       <c r="I122" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J122" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K122" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D123" s="3" t="inlineStr">
@@ -7598,51 +7600,51 @@
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D130" s="3"/>
       <c r="E130" s="6" t="n">
         <v>7928</v>
       </c>
       <c r="F130" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G130" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H130" s="8" t="inlineStr">
         <is>
           <t>УД 06008484</t>
         </is>
       </c>
       <c r="I130" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J130" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K130" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
@@ -7692,51 +7694,51 @@
       </c>
       <c r="D132" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E132" s="6" t="n">
         <v>29685</v>
       </c>
       <c r="F132" s="3" t="inlineStr">
         <is>
           <t>Англійська і німецька мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G132" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H132" s="8" t="inlineStr">
         <is>
           <t>УД 06008485</t>
         </is>
       </c>
       <c r="I132" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J132" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K132" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
@@ -7768,4523 +7770,4429 @@
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
-          <t>прикладна лінгвістика</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>57827</v>
+        <v>53618</v>
       </c>
       <c r="F134" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика (англійська мова та діджиталізована комунікація)</t>
+          <t>Cлов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="G134" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H134" s="8" t="inlineStr">
         <is>
-          <t>- 9602</t>
+          <t>- 9582</t>
         </is>
       </c>
       <c r="I134" s="9" t="n">
-        <v>46001</v>
+        <v>47665</v>
       </c>
       <c r="J134" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K134" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C135" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
-        <v>53618</v>
+        <v>29734</v>
       </c>
       <c r="F135" s="3" t="inlineStr">
         <is>
-          <t>Cлов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>Сімейна психологія</t>
         </is>
       </c>
       <c r="G135" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H135" s="8" t="inlineStr">
         <is>
-          <t>- 9582</t>
+          <t>УД 06008486</t>
         </is>
       </c>
       <c r="I135" s="9" t="n">
-        <v>47665</v>
+        <v>46387</v>
       </c>
       <c r="J135" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K135" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D136" s="3"/>
       <c r="E136" s="6" t="n">
-        <v>29734</v>
+        <v>53617</v>
       </c>
       <c r="F136" s="3" t="inlineStr">
         <is>
-          <t>Сімейна психологія</t>
+          <t>Психологія. Психічне здоров`я особи та спільноти</t>
         </is>
       </c>
       <c r="G136" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H136" s="8" t="inlineStr">
         <is>
-          <t>УД 06008486</t>
+          <t>- 6427</t>
         </is>
       </c>
       <c r="I136" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J136" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K136" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>53617</v>
+        <v>29006</v>
       </c>
       <c r="F137" s="3" t="inlineStr">
         <is>
-          <t>Психологія. Психічне здоров`я особи та спільноти</t>
+          <t>Журналістика. Медіакомунікації</t>
         </is>
       </c>
       <c r="G137" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H137" s="8" t="inlineStr">
         <is>
-          <t>- 6427</t>
+          <t>УД 06007740</t>
         </is>
       </c>
       <c r="I137" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J137" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K137" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>29006</v>
+        <v>29676</v>
       </c>
       <c r="F138" s="3" t="inlineStr">
         <is>
-          <t>Журналістика. Медіакомунікації</t>
+          <t>Менеджмент організацій та адміністрування</t>
         </is>
       </c>
       <c r="G138" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H138" s="8" t="inlineStr">
         <is>
-          <t>УД 06007740</t>
+          <t>УД 06008488</t>
         </is>
       </c>
       <c r="I138" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J138" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K138" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>29676</v>
+        <v>57975</v>
       </c>
       <c r="F139" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій та адміністрування</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G139" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H139" s="8" t="inlineStr">
         <is>
-          <t>УД 06008488</t>
+          <t>УД 06007741</t>
         </is>
       </c>
       <c r="I139" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J139" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K139" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>57828</v>
+        <v>30681</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
-          <t>Управління закладами освіти та організаціями</t>
+          <t>Екологія та екологічна освіта</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
-          <t>- 9810</t>
+          <t>- 937</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46015</v>
+        <v>46204</v>
       </c>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>57975</v>
+        <v>29293</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Хімія з основами викладання</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="8" t="inlineStr">
         <is>
-          <t>УД 06007741</t>
+          <t>УД 06007742</t>
         </is>
       </c>
       <c r="I141" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J141" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>30681</v>
+        <v>61132</v>
       </c>
       <c r="F142" s="3" t="inlineStr">
         <is>
-          <t>Екологія та екологічна освіта</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G142" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H142" s="8" t="inlineStr">
         <is>
-          <t>- 937</t>
+          <t>- 9329</t>
         </is>
       </c>
       <c r="I142" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J142" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K142" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>29293</v>
+        <v>6181</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
-          <t>Хімія з основами викладання</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="8" t="inlineStr">
         <is>
-          <t>УД 06007742</t>
+          <t>УД 06006904</t>
         </is>
       </c>
       <c r="I143" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J143" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K143" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>61132</v>
+        <v>57820</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="8" t="inlineStr">
         <is>
-          <t>- 9329</t>
+          <t>- 9635</t>
         </is>
       </c>
       <c r="I144" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J144" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K144" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>6181</v>
+        <v>29580</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Соціальна робота. Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G145" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H145" s="8" t="inlineStr">
         <is>
-          <t>УД 06006904</t>
+          <t>УД 06006905</t>
         </is>
       </c>
       <c r="I145" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J145" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K145" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>241</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>57820</v>
+        <v>57829</v>
       </c>
       <c r="F146" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Готельно-ресторанний бізнес</t>
         </is>
       </c>
       <c r="G146" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H146" s="8" t="inlineStr">
         <is>
-          <t>- 9635</t>
+          <t>- 9682</t>
         </is>
       </c>
       <c r="I146" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J146" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K146" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>29580</v>
+        <v>55638</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота. Соціальна педагогіка</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="8" t="inlineStr">
         <is>
-          <t>УД 06006905</t>
+          <t>- 6248</t>
         </is>
       </c>
       <c r="I147" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J147" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>241</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>57829</v>
+        <v>64223</v>
       </c>
       <c r="F148" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанний бізнес</t>
+          <t>Публічне управління та адміністрування системою охорони здоров'я</t>
         </is>
       </c>
       <c r="G148" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H148" s="8" t="inlineStr">
         <is>
-          <t>- 9682</t>
+          <t>- 18634</t>
         </is>
       </c>
       <c r="I148" s="9" t="n">
-        <v>47665</v>
+        <v>46288</v>
       </c>
       <c r="J148" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K148" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>55638</v>
+        <v>78880</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Дошкільна освіта та англійська мова</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
-          <t>- 6248</t>
+          <t>УД 06007734</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>47300</v>
+        <v>46387</v>
       </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>64223</v>
+        <v>78881</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування системою охорони здоров'я</t>
+          <t>Початкова освіта та англійська мова</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
-          <t>- 18634</t>
+          <t>УД 06006902</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
-        <v>46288</v>
+        <v>46387</v>
       </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D151" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D151" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E151" s="6" t="n">
-        <v>78880</v>
+        <v>78871</v>
       </c>
       <c r="F151" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта та англійська мова</t>
+          <t>Англійська та німецька мови й зарубіжна література в закладах освіти</t>
         </is>
       </c>
       <c r="G151" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H151" s="8" t="inlineStr">
         <is>
-          <t>УД 06007734</t>
+          <t>- 15187</t>
         </is>
       </c>
       <c r="I151" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J151" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K151" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
-[...2 lines deleted...]
-      <c r="D152" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D152" s="3" t="inlineStr">
+        <is>
+          <t>Англійська мова та зарубіжна література</t>
+        </is>
+      </c>
       <c r="E152" s="6" t="n">
-        <v>78881</v>
+        <v>78872</v>
       </c>
       <c r="F152" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта та англійська мова</t>
+          <t>Англійська та французька мови й зарубіжна література в закладах освіти</t>
         </is>
       </c>
       <c r="G152" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H152" s="8" t="inlineStr">
         <is>
-          <t>УД 06006902</t>
+          <t>- 15186</t>
         </is>
       </c>
       <c r="I152" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J152" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K152" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D153" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E153" s="6" t="n">
-        <v>78871</v>
+        <v>78902</v>
       </c>
       <c r="F153" s="3" t="inlineStr">
         <is>
-          <t>Англійська та німецька мови й зарубіжна література в закладах освіти</t>
+          <t>Середня освіта (Біологія та здоров’я людини)</t>
         </is>
       </c>
       <c r="G153" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H153" s="8" t="inlineStr">
         <is>
-          <t>- 15187</t>
+          <t>- 15183</t>
         </is>
       </c>
       <c r="I153" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J153" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K153" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D154" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Географія</t>
         </is>
       </c>
       <c r="E154" s="6" t="n">
-        <v>78872</v>
+        <v>78906</v>
       </c>
       <c r="F154" s="3" t="inlineStr">
         <is>
-          <t>Англійська та французька мови й зарубіжна література в закладах освіти</t>
+          <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G154" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H154" s="8" t="inlineStr">
         <is>
-          <t>- 15186</t>
+          <t>- 15184</t>
         </is>
       </c>
       <c r="I154" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J154" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K154" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D155" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Інформатика</t>
         </is>
       </c>
       <c r="E155" s="6" t="n">
-        <v>78902</v>
+        <v>78892</v>
       </c>
       <c r="F155" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Біологія та здоров’я людини)</t>
+          <t>Інформатика в закладах освіти</t>
         </is>
       </c>
       <c r="G155" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H155" s="8" t="inlineStr">
         <is>
-          <t>- 15183</t>
+          <t>УД 06007738</t>
         </is>
       </c>
       <c r="I155" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J155" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K155" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D156" s="3" t="inlineStr">
         <is>
-          <t>Географія</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E156" s="6" t="n">
-        <v>78906</v>
+        <v>78885</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Географія)</t>
+          <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
-          <t>- 15184</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I156" s="9"/>
       <c r="J156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
-          <t>Інформатика</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E157" s="6" t="n">
-        <v>78892</v>
+        <v>78890</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
-          <t>Інформатика в закладах освіти</t>
+          <t>Середня освіта (Математика та інформатика)</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="8" t="inlineStr">
         <is>
-          <t>УД 06007738</t>
+          <t>УД 06006903</t>
         </is>
       </c>
       <c r="I157" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J157" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D158" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E158" s="6" t="n">
-        <v>78885</v>
+        <v>78867</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Історія та громадянська освіта)</t>
+          <t>Українська мова і література, англійська мова в закладах освіти</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I158" s="9"/>
+          <t>УД 06008480</t>
+        </is>
+      </c>
+      <c r="I158" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J158" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D159" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E159" s="6" t="n">
-        <v>78890</v>
+        <v>78891</v>
       </c>
       <c r="F159" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Математика та інформатика)</t>
+          <t>Середня освіта (Фізика, астрономія та інформатика)</t>
         </is>
       </c>
       <c r="G159" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H159" s="8" t="inlineStr">
         <is>
-          <t>УД 06006903</t>
+          <t>- 15185</t>
         </is>
       </c>
       <c r="I159" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J159" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K159" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D160" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E160" s="6" t="n">
-        <v>78867</v>
+        <v>78932</v>
       </c>
       <c r="F160" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література, англійська мова в закладах освіти</t>
+          <t>Середня освіта (Фізична культура)</t>
         </is>
       </c>
       <c r="G160" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H160" s="8" t="inlineStr">
         <is>
-          <t>УД 06008480</t>
+          <t>- 15182</t>
         </is>
       </c>
       <c r="I160" s="9" t="n">
-        <v>46204</v>
+        <v>46935</v>
       </c>
       <c r="J160" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K160" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D161" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="E161" s="6" t="n">
-        <v>78891</v>
+        <v>78904</v>
       </c>
       <c r="F161" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізика, астрономія та інформатика)</t>
+          <t>Середня освіта (Хімія)</t>
         </is>
       </c>
       <c r="G161" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H161" s="8" t="inlineStr">
         <is>
-          <t>- 15185</t>
+          <t>- 15181</t>
         </is>
       </c>
       <c r="I161" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J161" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K161" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D162" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E162" s="6" t="n">
-        <v>78932</v>
+        <v>78920</v>
       </c>
       <c r="F162" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Фізична культура)</t>
+          <t>Спеціальна освіта. Логопедія</t>
         </is>
       </c>
       <c r="G162" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H162" s="8" t="inlineStr">
         <is>
-          <t>- 15182</t>
+          <t>- 15188</t>
         </is>
       </c>
       <c r="I162" s="9" t="n">
-        <v>46935</v>
+        <v>47665</v>
       </c>
       <c r="J162" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K162" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>78904</v>
+        <v>78934</v>
       </c>
       <c r="F163" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта (Хімія)</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G163" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H163" s="8" t="inlineStr">
         <is>
-          <t>- 15181</t>
+          <t>- 15189</t>
         </is>
       </c>
       <c r="I163" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J163" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K163" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філософія</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>78920</v>
+        <v>78887</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта. Логопедія</t>
+          <t>Філософія та феноменологія духовного досвіду людини</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="8" t="inlineStr">
         <is>
-          <t>- 15188</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I164" s="9"/>
       <c r="J164" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D165" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D165" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+        </is>
+      </c>
       <c r="E165" s="6" t="n">
-        <v>78934</v>
+        <v>78873</v>
       </c>
       <c r="F165" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Англійська і німецька мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G165" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H165" s="8" t="inlineStr">
         <is>
-          <t>- 15189</t>
+          <t>УД 06008485</t>
         </is>
       </c>
       <c r="I165" s="9" t="n">
-        <v>47665</v>
+        <v>46752</v>
       </c>
       <c r="J165" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K165" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
-[...2 lines deleted...]
-      <c r="D166" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D166" s="3" t="inlineStr">
+        <is>
+          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+        </is>
+      </c>
       <c r="E166" s="6" t="n">
-        <v>78887</v>
+        <v>78874</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
-          <t>Філософія та феноменологія духовного досвіду людини</t>
+          <t>Німецька і англійська мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I166" s="9"/>
+          <t>- 15192</t>
+        </is>
+      </c>
+      <c r="I166" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - англійська</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E167" s="6" t="n">
-        <v>78873</v>
+        <v>78877</v>
       </c>
       <c r="F167" s="3" t="inlineStr">
         <is>
-          <t>Англійська і німецька мови та літератури (переклад включно)</t>
+          <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G167" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H167" s="8" t="inlineStr">
         <is>
-          <t>УД 06008485</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I167" s="9"/>
       <c r="J167" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K167" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
-          <t>Германські мови та літератури (переклад включно), перша - німецька</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E168" s="6" t="n">
-        <v>78874</v>
+        <v>78869</v>
       </c>
       <c r="F168" s="3" t="inlineStr">
         <is>
-          <t>Німецька і англійська мови та літератури (переклад включно)</t>
+          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="G168" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H168" s="8" t="inlineStr">
         <is>
-          <t>- 15192</t>
+          <t>- 15193</t>
         </is>
       </c>
       <c r="I168" s="9" t="n">
-        <v>46204</v>
+        <v>47665</v>
       </c>
       <c r="J168" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K168" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B2</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="D169" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E169" s="6" t="n">
-        <v>78877</v>
+        <v>86374</v>
       </c>
       <c r="F169" s="3" t="inlineStr">
         <is>
-          <t>Прикладна лінгвістика</t>
+          <t>Дизайн</t>
         </is>
       </c>
       <c r="G169" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H169" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I169" s="9"/>
+          <t>- 15190</t>
+        </is>
+      </c>
+      <c r="I169" s="9" t="n">
+        <v>47300</v>
+      </c>
       <c r="J169" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K169" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B5</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>78869</v>
+        <v>78883</v>
       </c>
       <c r="F170" s="3" t="inlineStr">
         <is>
-          <t>Слов’янські мови та літератури (переклад включно), перша - польська</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G170" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H170" s="8" t="inlineStr">
         <is>
-          <t>- 15193</t>
+          <t>- 15191</t>
         </is>
       </c>
       <c r="I170" s="9" t="n">
-        <v>47665</v>
+        <v>47300</v>
       </c>
       <c r="J170" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K170" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>B2</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>86374</v>
+        <v>78886</v>
       </c>
       <c r="F171" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G171" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H171" s="8" t="inlineStr">
         <is>
-          <t>- 15190</t>
+          <t>УД 06008484</t>
         </is>
       </c>
       <c r="I171" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J171" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K171" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>B5</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>78883</v>
+        <v>78922</v>
       </c>
       <c r="F172" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Сімейна психологія</t>
         </is>
       </c>
       <c r="G172" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H172" s="8" t="inlineStr">
         <is>
-          <t>- 15191</t>
+          <t>УД 06008486</t>
         </is>
       </c>
       <c r="I172" s="9" t="n">
-        <v>47300</v>
+        <v>46387</v>
       </c>
       <c r="J172" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K172" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>78886</v>
+        <v>78923</v>
       </c>
       <c r="F173" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія. Психічне здоров`я особи та спільноти</t>
         </is>
       </c>
       <c r="G173" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H173" s="8" t="inlineStr">
         <is>
-          <t>УД 06008484</t>
+          <t>- 15194</t>
         </is>
       </c>
       <c r="I173" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J173" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K173" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>78922</v>
+        <v>78870</v>
       </c>
       <c r="F174" s="3" t="inlineStr">
         <is>
-          <t>Сімейна психологія</t>
+          <t>Журналістика. Медіакомунікації</t>
         </is>
       </c>
       <c r="G174" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H174" s="8" t="inlineStr">
         <is>
-          <t>УД 06008486</t>
+          <t>УД 06007740</t>
         </is>
       </c>
       <c r="I174" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J174" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K174" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>78923</v>
+        <v>78924</v>
       </c>
       <c r="F175" s="3" t="inlineStr">
         <is>
-          <t>Психологія. Психічне здоров`я особи та спільноти</t>
+          <t>Менеджмент організацій та адміністрування</t>
         </is>
       </c>
       <c r="G175" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H175" s="8" t="inlineStr">
         <is>
-          <t>- 15194</t>
+          <t>УД 06008488</t>
         </is>
       </c>
       <c r="I175" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J175" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K175" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>78870</v>
+        <v>78888</v>
       </c>
       <c r="F176" s="3" t="inlineStr">
         <is>
-          <t>Журналістика. Медіакомунікації</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G176" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H176" s="8" t="inlineStr">
         <is>
-          <t>УД 06007740</t>
+          <t>- 15197</t>
         </is>
       </c>
       <c r="I176" s="9" t="n">
-        <v>46204</v>
+        <v>47300</v>
       </c>
       <c r="J176" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K176" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>78924</v>
+        <v>78889</v>
       </c>
       <c r="F177" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент організацій та адміністрування</t>
+          <t>Публічне управління та адміністрування системою охорони здоров'я</t>
         </is>
       </c>
       <c r="G177" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H177" s="8" t="inlineStr">
         <is>
-          <t>УД 06008488</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I177" s="9"/>
       <c r="J177" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K177" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>78888</v>
+        <v>78907</v>
       </c>
       <c r="F178" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G178" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H178" s="8" t="inlineStr">
         <is>
-          <t>- 15197</t>
+          <t>УД 06007741</t>
         </is>
       </c>
       <c r="I178" s="9" t="n">
-        <v>47300</v>
+        <v>46752</v>
       </c>
       <c r="J178" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K178" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>E2</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>78889</v>
+        <v>78910</v>
       </c>
       <c r="F179" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування системою охорони здоров'я</t>
+          <t>Екологія</t>
         </is>
       </c>
       <c r="G179" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I179" s="9"/>
       <c r="J179" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K179" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>E3</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>78907</v>
+        <v>78915</v>
       </c>
       <c r="F180" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Хімія з основами викладання</t>
         </is>
       </c>
       <c r="G180" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H180" s="8" t="inlineStr">
         <is>
-          <t>УД 06007741</t>
+          <t>УД 06007742</t>
         </is>
       </c>
       <c r="I180" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J180" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K180" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>E2</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>78910</v>
+        <v>78894</v>
       </c>
       <c r="F181" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G181" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H181" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I181" s="9"/>
+          <t>- 15195</t>
+        </is>
+      </c>
+      <c r="I181" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J181" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K181" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
-          <t>E3</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>78915</v>
+        <v>78893</v>
       </c>
       <c r="F182" s="3" t="inlineStr">
         <is>
-          <t>Хімія з основами викладання</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="G182" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H182" s="8" t="inlineStr">
         <is>
-          <t>УД 06007742</t>
+          <t>УД 06006904</t>
         </is>
       </c>
       <c r="I182" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J182" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K182" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>78894</v>
+        <v>78896</v>
       </c>
       <c r="F183" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G183" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H183" s="8" t="inlineStr">
         <is>
-          <t>- 15195</t>
+          <t>- 15198</t>
         </is>
       </c>
       <c r="I183" s="9" t="n">
         <v>47665</v>
       </c>
       <c r="J183" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K183" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>H5</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>78893</v>
+        <v>78918</v>
       </c>
       <c r="F184" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="G184" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H184" s="8" t="inlineStr">
         <is>
-          <t>УД 06006904</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I184" s="9"/>
       <c r="J184" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K184" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>78896</v>
+        <v>78927</v>
       </c>
       <c r="F185" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Соціальна робота та соціальне консультування</t>
         </is>
       </c>
       <c r="G185" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H185" s="8" t="inlineStr">
         <is>
-          <t>- 15198</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I185" s="9"/>
       <c r="J185" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K185" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
-          <t>H5</t>
+          <t>J2</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Готельно-ресторанна справа та кейтеринг</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>78918</v>
+        <v>78930</v>
       </c>
       <c r="F186" s="3" t="inlineStr">
         <is>
-          <t>Водні біоресурси та аквакультура</t>
+          <t>Готельно-ресторанний бізнес</t>
         </is>
       </c>
       <c r="G186" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H186" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I186" s="9"/>
+          <t>- 15196</t>
+        </is>
+      </c>
+      <c r="I186" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J186" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K186" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
-          <t>I10</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та консультування</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>78927</v>
+        <v>38689</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота та соціальне консультування</t>
+          <t>Загальна педагогіка та історія педагогіки</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H187" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I187" s="9"/>
+          <t>- 1649</t>
+        </is>
+      </c>
+      <c r="I187" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J187" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
-          <t>J2</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанна справа та кейтеринг</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>78930</v>
+        <v>38765</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
-          <t>Готельно-ресторанний бізнес</t>
+          <t>Теорія та методика навчання (математика)</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
-          <t>Освітньо-професійна</t>
+          <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H188" s="8" t="inlineStr">
         <is>
-          <t>- 15196</t>
+          <t>- 2604</t>
         </is>
       </c>
       <c r="I188" s="9" t="n">
-        <v>47665</v>
+        <v>46569</v>
       </c>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>38689</v>
+        <v>38766</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
-          <t>Загальна педагогіка та історія педагогіки</t>
+          <t>Теорія та методика навчання (українська мова)</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H189" s="8" t="inlineStr">
         <is>
-          <t>- 1649</t>
+          <t>- 2412</t>
         </is>
       </c>
       <c r="I189" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J189" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>38765</v>
+        <v>52683</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (математика)</t>
+          <t>Теорія та методика навчання (фізична культура)</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H190" s="8" t="inlineStr">
         <is>
-          <t>- 2604</t>
+          <t>- 10183</t>
         </is>
       </c>
       <c r="I190" s="9" t="n">
-        <v>46569</v>
+        <v>46050</v>
       </c>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>38766</v>
+        <v>64204</v>
       </c>
       <c r="F191" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (українська мова)</t>
+          <t>Методика навчання іноземних мов</t>
         </is>
       </c>
       <c r="G191" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H191" s="8" t="inlineStr">
         <is>
-          <t>- 2412</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I191" s="9"/>
       <c r="J191" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K191" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>52683</v>
+        <v>37423</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (фізична культура)</t>
+          <t>Теорія і методика професійної освіти</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H192" s="8" t="inlineStr">
         <is>
-          <t>- 10183</t>
+          <t>- 684</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
-        <v>46050</v>
+        <v>46204</v>
       </c>
       <c r="J192" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>64204</v>
+        <v>64207</v>
       </c>
       <c r="F193" s="3" t="inlineStr">
         <is>
-          <t>Методика навчання іноземних мов</t>
+          <t>Професійна освіта. Цифрові технології</t>
         </is>
       </c>
       <c r="G193" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H193" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I193" s="9"/>
       <c r="J193" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K193" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>37423</v>
+        <v>64208</v>
       </c>
       <c r="F194" s="3" t="inlineStr">
         <is>
-          <t>Теорія і методика професійної освіти</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G194" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H194" s="8" t="inlineStr">
         <is>
-          <t>- 684</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I194" s="9"/>
       <c r="J194" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K194" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
-        <v>64207</v>
+        <v>57793</v>
       </c>
       <c r="F195" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Цифрові технології</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G195" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H195" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I195" s="9"/>
       <c r="J195" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K195" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>64208</v>
+        <v>38767</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H196" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I196" s="9"/>
+          <t>- 2096</t>
+        </is>
+      </c>
+      <c r="I196" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
-        <v>57793</v>
+        <v>37424</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Історія України</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H197" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I197" s="9"/>
+          <t>- 683</t>
+        </is>
+      </c>
+      <c r="I197" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J197" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>38767</v>
+        <v>37425</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Соціальна філософія та філософія історії</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H198" s="8" t="inlineStr">
         <is>
-          <t>- 2096</t>
+          <t>- 682</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46569</v>
+        <v>46204</v>
       </c>
       <c r="J198" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
-        <v>37424</v>
+        <v>37426</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
-          <t>Історія України</t>
+          <t>Теорія літератури</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H199" s="8" t="inlineStr">
         <is>
-          <t>- 683</t>
+          <t>- 681</t>
         </is>
       </c>
       <c r="I199" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J199" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>37425</v>
+        <v>38768</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
-          <t>Соціальна філософія та філософія історії</t>
+          <t>Українська література</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H200" s="8" t="inlineStr">
         <is>
-          <t>- 682</t>
+          <t>- 2098</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J200" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K200" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>37426</v>
+        <v>38769</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
-          <t>Теорія літератури</t>
+          <t>Педагогічна та вікова психологія</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H201" s="8" t="inlineStr">
         <is>
-          <t>- 681</t>
+          <t>- 2162</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J201" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>38768</v>
+        <v>38770</v>
       </c>
       <c r="F202" s="3" t="inlineStr">
         <is>
-          <t>Українська література</t>
+          <t>Зоологія</t>
         </is>
       </c>
       <c r="G202" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H202" s="8" t="inlineStr">
         <is>
-          <t>- 2098</t>
+          <t>- 5207</t>
         </is>
       </c>
       <c r="I202" s="9" t="n">
-        <v>46569</v>
+        <v>46935</v>
       </c>
       <c r="J202" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K202" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>38769</v>
+        <v>58032</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
-          <t>Педагогічна та вікова психологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H203" s="8" t="inlineStr">
         <is>
-          <t>- 2162</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>38770</v>
+        <v>38772</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
-          <t>Зоологія</t>
+          <t>Математичний аналіз</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H204" s="8" t="inlineStr">
         <is>
-          <t>- 5207</t>
+          <t>- 2066</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
-        <v>46935</v>
+        <v>46569</v>
       </c>
       <c r="J204" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>58032</v>
+        <v>64213</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H205" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I205" s="9"/>
       <c r="J205" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
-        <v>38772</v>
+        <v>64222</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
-          <t>Математичний аналіз</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H206" s="8" t="inlineStr">
         <is>
-          <t>- 2066</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I206" s="9"/>
       <c r="J206" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>64213</v>
+        <v>57795</v>
       </c>
       <c r="F207" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G207" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H207" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I207" s="9"/>
       <c r="J207" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K207" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>64222</v>
+        <v>78814</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Загальна педагогіка та історія педагогіки</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H208" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I208" s="9"/>
+          <t>- 15199</t>
+        </is>
+      </c>
+      <c r="I208" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J208" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>A2</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>57795</v>
+        <v>78815</v>
       </c>
       <c r="F209" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G209" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H209" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I209" s="9"/>
       <c r="J209" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K209" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>A3</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>78814</v>
+        <v>78816</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
-          <t>Загальна педагогіка та історія педагогіки</t>
+          <t>Теорія та методики початкової освіти</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H210" s="8" t="inlineStr">
         <is>
-          <t>- 15199</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I210" s="9"/>
       <c r="J210" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
-          <t>A2</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>78815</v>
+        <v>78818</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Теорія та методика навчання (українська мова)</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H211" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I211" s="9"/>
+          <t>- 15206</t>
+        </is>
+      </c>
+      <c r="I211" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J211" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
-          <t>A3</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>78816</v>
+        <v>78820</v>
       </c>
       <c r="F212" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методики початкової освіти</t>
+          <t>Методика навчання іноземних мов</t>
         </is>
       </c>
       <c r="G212" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H212" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I212" s="9"/>
       <c r="J212" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K212" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>78818</v>
+        <v>78827</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (українська мова)</t>
+          <t>Теорія та методика навчання (математика)</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H213" s="8" t="inlineStr">
         <is>
-          <t>- 15206</t>
+          <t>- 15205</t>
         </is>
       </c>
       <c r="I213" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J213" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>78820</v>
+        <v>78831</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
-          <t>Методика навчання іноземних мов</t>
+          <t>Теорія та методика навчання (географія)</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H214" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I214" s="9"/>
       <c r="J214" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K214" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>78827</v>
+        <v>78835</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (математика)</t>
+          <t>Теорія та методика навчання (фізична культура)</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H215" s="8" t="inlineStr">
         <is>
-          <t>- 15205</t>
+          <t>- 15207</t>
         </is>
       </c>
       <c r="I215" s="9" t="n">
-        <v>46569</v>
+        <v>46050</v>
       </c>
       <c r="J215" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>78831</v>
+        <v>78817</v>
       </c>
       <c r="F216" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (географія)</t>
+          <t>Професійна освіта. Цифрові технології</t>
         </is>
       </c>
       <c r="G216" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H216" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I216" s="9"/>
       <c r="J216" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K216" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A6</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>78835</v>
+        <v>78832</v>
       </c>
       <c r="F217" s="3" t="inlineStr">
         <is>
-          <t>Теорія та методика навчання (фізична культура)</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="G217" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H217" s="8" t="inlineStr">
         <is>
-          <t>- 15207</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I217" s="9"/>
       <c r="J217" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K217" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>A7</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>78817</v>
+        <v>78836</v>
       </c>
       <c r="F218" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта. Цифрові технології</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G218" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H218" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I218" s="9"/>
       <c r="J218" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K218" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
-          <t>A6</t>
+          <t>B10</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
-        <v>78832</v>
+        <v>78824</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Соціальна філософія та філософія історії</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H219" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I219" s="9"/>
+          <t>- 15204</t>
+        </is>
+      </c>
+      <c r="I219" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J219" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
-          <t>A7</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
-        <v>78836</v>
+        <v>78821</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H220" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I220" s="9"/>
       <c r="J220" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
-          <t>B10</t>
+          <t>B7</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
-        <v>78824</v>
+        <v>78822</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
-          <t>Соціальна філософія та філософія історії</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H221" s="8" t="inlineStr">
         <is>
-          <t>- 15204</t>
+          <t>- 15203</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J221" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
-        <v>78821</v>
+        <v>78823</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Історія України</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H222" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I222" s="9"/>
+          <t>- 15200</t>
+        </is>
+      </c>
+      <c r="I222" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J222" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
-          <t>B7</t>
+          <t>C2</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
       <c r="E223" s="6" t="n">
-        <v>78822</v>
+        <v>78825</v>
       </c>
       <c r="F223" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Політологія</t>
         </is>
       </c>
       <c r="G223" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H223" s="8" t="inlineStr">
         <is>
-          <t>- 15203</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I223" s="9"/>
       <c r="J223" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K223" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="224">
       <c r="A224" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B224" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C224" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
-        <v>78823</v>
+        <v>78833</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
-          <t>Історія України</t>
+          <t>Педагогічна та вікова психологія</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H224" s="8" t="inlineStr">
         <is>
-          <t>- 15200</t>
+          <t>- 15202</t>
         </is>
       </c>
       <c r="I224" s="9" t="n">
-        <v>46204</v>
+        <v>46569</v>
       </c>
       <c r="J224" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="8" t="inlineStr">
         <is>
-          <t>C2</t>
+          <t>C7</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="D225" s="3"/>
       <c r="E225" s="6" t="n">
-        <v>78825</v>
+        <v>78819</v>
       </c>
       <c r="F225" s="3" t="inlineStr">
         <is>
-          <t>Політологія</t>
+          <t>Журналістика</t>
         </is>
       </c>
       <c r="G225" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H225" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I225" s="9"/>
       <c r="J225" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K225" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="226">
       <c r="A226" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B226" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>D4</t>
         </is>
       </c>
       <c r="C226" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D226" s="3"/>
       <c r="E226" s="6" t="n">
-        <v>78833</v>
+        <v>78826</v>
       </c>
       <c r="F226" s="3" t="inlineStr">
         <is>
-          <t>Педагогічна та вікова психологія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G226" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H226" s="8" t="inlineStr">
         <is>
-          <t>- 15202</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I226" s="9"/>
       <c r="J226" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K226" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="227">
       <c r="A227" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B227" s="8" t="inlineStr">
         <is>
-          <t>C7</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C227" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D227" s="3"/>
       <c r="E227" s="6" t="n">
-        <v>78819</v>
+        <v>78830</v>
       </c>
       <c r="F227" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="G227" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H227" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I227" s="9"/>
       <c r="J227" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K227" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="228">
       <c r="A228" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B228" s="8" t="inlineStr">
         <is>
-          <t>D4</t>
+          <t>E7</t>
         </is>
       </c>
       <c r="C228" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
-        <v>78826</v>
+        <v>78828</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Математичний аналіз</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H228" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I228" s="9"/>
+          <t>- 15201</t>
+        </is>
+      </c>
+      <c r="I228" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J228" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D229" s="3"/>
       <c r="E229" s="6" t="n">
-        <v>78830</v>
+        <v>78829</v>
       </c>
       <c r="F229" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="G229" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H229" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I229" s="9"/>
       <c r="J229" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K229" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="230">
       <c r="A230" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B230" s="8" t="inlineStr">
         <is>
-          <t>E7</t>
+          <t>I10</t>
         </is>
       </c>
       <c r="C230" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D230" s="3"/>
       <c r="E230" s="6" t="n">
-        <v>78828</v>
+        <v>78834</v>
       </c>
       <c r="F230" s="3" t="inlineStr">
         <is>
-          <t>Математичний аналіз</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G230" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H230" s="8" t="inlineStr">
         <is>
-          <t>- 15201</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I230" s="9"/>
       <c r="J230" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="231">
-[...84 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K232"/>
+  <autoFilter ref="A1:K230"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I190"/>
+  <dimension ref="A1:I161"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -12361,122 +12269,122 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>66</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F4" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -12765,51 +12673,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
@@ -13263,51 +13171,51 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>56</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -13923,121 +13831,121 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F49" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>29</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14067,51 +13975,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14696,51 +14604,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>55</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
@@ -15009,51 +14917,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D78" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E78" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -15112,51 +15020,51 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F81" s="6" t="n">
         <v>85</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -15739,51 +15647,51 @@
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -16055,51 +15963,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D109" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E109" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F109" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16163,51 +16071,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D112" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E112" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16277,88 +16185,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E115" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D116" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E116" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -16414,51 +16322,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D119" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E119" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -16557,51 +16465,51 @@
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F123" s="6" t="n">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C124" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -16851,87 +16759,87 @@
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D132" s="3"/>
       <c r="E132" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H132" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="8" t="inlineStr">
         <is>
           <t>H5</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Водні біоресурси та аквакультура</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
@@ -16973,1919 +16881,910 @@
       <c r="D135" s="3"/>
       <c r="E135" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H135" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I135" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="136">
       <c r="A136" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B136" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C136" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
-[...2 lines deleted...]
-      <c r="D136" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D136" s="3" t="inlineStr">
+        <is>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
       <c r="E136" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F136" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Історія та археологія</t>
+        </is>
+      </c>
+      <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>25</v>
+        <v>1</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D139" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E139" s="6" t="n">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>28</v>
+        <v>0</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D141" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні, педагогічні науки</t>
+        </is>
+      </c>
+      <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>30</v>
+        <v>10</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
-      <c r="D147" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>23</v>
+        <v>9</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Професійна освіта</t>
+        </is>
+      </c>
+      <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>60</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>022</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Дизайн</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
-      <c r="D154" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>23</v>
+        <v>10</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія</t>
+        </is>
+      </c>
+      <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>106</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>21</v>
+        <v>9</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
-[...955 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I190"/>
+  <autoFilter ref="A1:I161"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>