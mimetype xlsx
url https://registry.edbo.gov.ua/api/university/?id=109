--- v1 (2026-01-15)
+++ v2 (2026-03-10)
@@ -30,51 +30,51 @@
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Ліцензії ПТО" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Освітні програми" sheetId="8" state="visible" r:id="rId9"/>
     <sheet name="Здобувачі ВО" sheetId="9" state="visible" r:id="rId10"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$10</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$4</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$2</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$230</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$161</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$159</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -2138,137 +2138,137 @@
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>4795</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t>- 446</t>
         </is>
       </c>
       <c r="I2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K2" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>5565</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t>- 445</t>
         </is>
       </c>
       <c r="I3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K3" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E4" s="6" t="n">
         <v>36670</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Мова і література (англійcька))</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t>- 1537</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
@@ -2312,141 +2312,141 @@
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E6" s="6" t="n">
         <v>30659</v>
       </c>
       <c r="F6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G6" s="3"/>
       <c r="H6" s="8" t="inlineStr">
         <is>
           <t>- 2856</t>
         </is>
       </c>
       <c r="I6" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J6" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K6" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
         <v>30635</v>
       </c>
       <c r="F7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G7" s="3"/>
       <c r="H7" s="8" t="inlineStr">
         <is>
           <t>- 444</t>
         </is>
       </c>
       <c r="I7" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J7" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K7" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D8" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E8" s="6" t="n">
         <v>30651</v>
       </c>
       <c r="F8" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія)</t>
         </is>
       </c>
       <c r="G8" s="3"/>
       <c r="H8" s="8" t="inlineStr">
         <is>
           <t>- 343</t>
         </is>
       </c>
       <c r="I8" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J8" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K8" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D9" s="3" t="inlineStr">
@@ -2490,51 +2490,51 @@
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>30633</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t>- 344</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
@@ -2578,96 +2578,96 @@
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
         <v>29672</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Музичне мистецтво)</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t>- 1606</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>38692</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Образотворче мистецтво)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t>- 1536</t>
         </is>
       </c>
       <c r="I13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K13" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
@@ -2711,96 +2711,96 @@
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Польська мова і література</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>36682</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Польська мова і зарубіжна література в закладах оcвіти</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t>- 1573</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Польська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>61109</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Польська мова і зарубіжна література в закладах оcвіти</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t>- 1573</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
@@ -2887,96 +2887,96 @@
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D19" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E19" s="6" t="n">
         <v>37391</v>
       </c>
       <c r="F19" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G19" s="3"/>
       <c r="H19" s="8" t="inlineStr">
         <is>
           <t>- 1574</t>
         </is>
       </c>
       <c r="I19" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J19" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K19" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
         <v>30634</v>
       </c>
       <c r="F20" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Фізика)</t>
         </is>
       </c>
       <c r="G20" s="3"/>
       <c r="H20" s="8" t="inlineStr">
         <is>
           <t>- 443</t>
         </is>
       </c>
       <c r="I20" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J20" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K20" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
@@ -3151,51 +3151,51 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
         <v>8575</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t>- 467</t>
         </is>
       </c>
       <c r="I25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K25" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
@@ -3276,51 +3276,51 @@
         <is>
           <t>026</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>30650</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t>- 1581</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K28" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>029</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інформаційна, бібліотечна та архівна справа</t>
         </is>
       </c>
       <c r="D29" s="3"/>
@@ -3356,141 +3356,141 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>5504</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t>- 492</t>
         </is>
       </c>
       <c r="I30" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>30654</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та література (переклад включно)</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t>- 493</t>
         </is>
       </c>
       <c r="I31" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
         <v>30655</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та література (переклад включно)</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="8" t="inlineStr">
         <is>
           <t>- 494</t>
         </is>
       </c>
       <c r="I32" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J32" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D33" s="3" t="inlineStr">
@@ -3536,51 +3536,51 @@
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
         <v>5402</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t>- 495</t>
         </is>
       </c>
       <c r="I34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
@@ -3618,51 +3618,51 @@
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
         <v>5434</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t>- 503</t>
         </is>
       </c>
       <c r="I36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D37" s="3"/>
@@ -3823,92 +3823,92 @@
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>5771</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
           <t>- 520</t>
         </is>
       </c>
       <c r="I41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>57974</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
           <t>- 10155</t>
         </is>
       </c>
       <c r="I42" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D43" s="3"/>
@@ -3946,51 +3946,51 @@
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>4794</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
           <t>- 522</t>
         </is>
       </c>
       <c r="I44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D45" s="3"/>
@@ -4026,51 +4026,51 @@
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Статистика</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>30636</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Статистика</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="8" t="inlineStr">
         <is>
           <t>- 1419</t>
         </is>
       </c>
       <c r="I46" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J46" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>112</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Статистика</t>
         </is>
       </c>
       <c r="D47" s="3"/>
@@ -4420,51 +4420,51 @@
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D56" s="3"/>
       <c r="E56" s="6" t="n">
         <v>6771</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t>- 458</t>
         </is>
       </c>
       <c r="I56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K56" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D57" s="3"/>
@@ -4697,92 +4697,92 @@
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>78952</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G63" s="3"/>
       <c r="H63" s="8" t="inlineStr">
         <is>
           <t>- 15156</t>
         </is>
       </c>
       <c r="I63" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J63" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K63" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D64" s="3"/>
       <c r="E64" s="6" t="n">
         <v>78953</v>
       </c>
       <c r="F64" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="G64" s="3"/>
       <c r="H64" s="8" t="inlineStr">
         <is>
           <t>- 15157</t>
         </is>
       </c>
       <c r="I64" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J64" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K64" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
@@ -4826,96 +4826,96 @@
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D66" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E66" s="6" t="n">
         <v>78970</v>
       </c>
       <c r="F66" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Географія)</t>
         </is>
       </c>
       <c r="G66" s="3"/>
       <c r="H66" s="8" t="inlineStr">
         <is>
           <t>- 15158</t>
         </is>
       </c>
       <c r="I66" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J66" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K66" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
         <v>78964</v>
       </c>
       <c r="F67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Інформатика)</t>
         </is>
       </c>
       <c r="G67" s="3"/>
       <c r="H67" s="8" t="inlineStr">
         <is>
           <t>- 15159</t>
         </is>
       </c>
       <c r="I67" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J67" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K67" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C68" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D68" s="3" t="inlineStr">
@@ -4959,51 +4959,51 @@
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
         <v>78962</v>
       </c>
       <c r="F69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Математика)</t>
         </is>
       </c>
       <c r="G69" s="3"/>
       <c r="H69" s="8" t="inlineStr">
         <is>
           <t>- 15160</t>
         </is>
       </c>
       <c r="I69" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J69" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K69" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
@@ -5047,51 +5047,51 @@
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D71" s="3" t="inlineStr">
         <is>
           <t>Польська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E71" s="6" t="n">
         <v>78943</v>
       </c>
       <c r="F71" s="3" t="inlineStr">
         <is>
           <t>Польська мова і зарубіжна література в закладах оcвіти</t>
         </is>
       </c>
       <c r="G71" s="3"/>
       <c r="H71" s="8" t="inlineStr">
         <is>
           <t>- 15161</t>
         </is>
       </c>
       <c r="I71" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J71" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K71" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
@@ -5135,51 +5135,51 @@
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D73" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E73" s="6" t="n">
         <v>78942</v>
       </c>
       <c r="F73" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Українська мова і література)</t>
         </is>
       </c>
       <c r="G73" s="3"/>
       <c r="H73" s="8" t="inlineStr">
         <is>
           <t>- 15162</t>
         </is>
       </c>
       <c r="I73" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J73" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K73" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
@@ -5397,141 +5397,141 @@
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
         <v>78981</v>
       </c>
       <c r="F79" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G79" s="3"/>
       <c r="H79" s="8" t="inlineStr">
         <is>
           <t>- 15165</t>
         </is>
       </c>
       <c r="I79" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J79" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K79" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D80" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E80" s="6" t="n">
         <v>78949</v>
       </c>
       <c r="F80" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та література (переклад включно)</t>
         </is>
       </c>
       <c r="G80" s="3"/>
       <c r="H80" s="8" t="inlineStr">
         <is>
           <t>- 15169</t>
         </is>
       </c>
       <c r="I80" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J80" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K80" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D81" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E81" s="6" t="n">
         <v>78950</v>
       </c>
       <c r="F81" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та література (переклад включно)</t>
         </is>
       </c>
       <c r="G81" s="3"/>
       <c r="H81" s="8" t="inlineStr">
         <is>
           <t>- 15170</t>
         </is>
       </c>
       <c r="I81" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J81" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K81" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D82" s="3" t="inlineStr">
@@ -5577,51 +5577,51 @@
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
         <v>78945</v>
       </c>
       <c r="F83" s="3" t="inlineStr">
         <is>
           <t>Українська мова та література</t>
         </is>
       </c>
       <c r="G83" s="3"/>
       <c r="H83" s="8" t="inlineStr">
         <is>
           <t>- 15172</t>
         </is>
       </c>
       <c r="I83" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J83" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K83" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>B13</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Бібліотечна, інформаційна та архівна справа</t>
         </is>
       </c>
       <c r="D84" s="3"/>
@@ -5745,92 +5745,92 @@
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D87" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E87" s="6" t="n">
         <v>86300</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="8" t="inlineStr">
         <is>
           <t>- 15167</t>
         </is>
       </c>
       <c r="I87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K87" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>78959</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="G88" s="3"/>
       <c r="H88" s="8" t="inlineStr">
         <is>
           <t>- 15168</t>
         </is>
       </c>
       <c r="I88" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J88" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K88" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D89" s="3"/>
@@ -5868,98 +5868,98 @@
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>78983</v>
       </c>
       <c r="F90" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="G90" s="3"/>
       <c r="H90" s="8" t="inlineStr">
         <is>
           <t>- 15174</t>
         </is>
       </c>
       <c r="I90" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J90" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K90" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D91" s="3"/>
       <c r="E91" s="6" t="n">
         <v>78946</v>
       </c>
       <c r="F91" s="3" t="inlineStr">
         <is>
           <t>Журналістика. Реклама і зв’язки з громадськістю</t>
         </is>
       </c>
       <c r="G91" s="3"/>
       <c r="H91" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I91" s="9"/>
       <c r="J91" s="8" t="inlineStr">
         <is>
           <t>УД 06010591</t>
         </is>
       </c>
       <c r="K91" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
         <v>78984</v>
       </c>
       <c r="F92" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
@@ -6112,133 +6112,133 @@
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>78971</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t>- 15178</t>
         </is>
       </c>
       <c r="I96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K96" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>78972</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="G97" s="3"/>
       <c r="H97" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I97" s="9"/>
       <c r="J97" s="8" t="inlineStr">
         <is>
           <t>УД 06010592</t>
         </is>
       </c>
       <c r="K97" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>E3</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>78973</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="8" t="inlineStr">
         <is>
           <t>- 15179</t>
         </is>
       </c>
       <c r="I98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K98" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>E7</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D99" s="3"/>
@@ -6787,96 +6787,96 @@
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>29003</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта та англійська мова</t>
         </is>
       </c>
       <c r="G113" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t>УД 06007734</t>
         </is>
       </c>
       <c r="I113" s="9" t="n">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K113" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>29611</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта та англійська мова</t>
         </is>
       </c>
       <c r="G114" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H114" s="8" t="inlineStr">
         <is>
           <t>УД 06006902</t>
         </is>
       </c>
       <c r="I114" s="9" t="n">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="J114" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K114" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D115" s="3" t="inlineStr">
@@ -7645,51 +7645,51 @@
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D131" s="3"/>
       <c r="E131" s="6" t="n">
         <v>38711</v>
       </c>
       <c r="F131" s="3" t="inlineStr">
         <is>
           <t>Філософія. Релігія та сучасні суспільні процеси</t>
         </is>
       </c>
       <c r="G131" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H131" s="8" t="inlineStr">
         <is>
           <t>- 938</t>
         </is>
       </c>
       <c r="I131" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J131" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K131" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D132" s="3" t="inlineStr">
@@ -7743,51 +7743,51 @@
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
         <v>30678</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Німецька і англійська мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="8" t="inlineStr">
         <is>
           <t>- 29</t>
         </is>
       </c>
       <c r="I133" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J133" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
@@ -8062,51 +8062,51 @@
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>30681</v>
       </c>
       <c r="F140" s="3" t="inlineStr">
         <is>
           <t>Екологія та екологічна освіта</t>
         </is>
       </c>
       <c r="G140" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H140" s="8" t="inlineStr">
         <is>
           <t>- 937</t>
         </is>
       </c>
       <c r="I140" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J140" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K140" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D141" s="3"/>
@@ -8467,96 +8467,96 @@
       <c r="C149" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
         <v>78880</v>
       </c>
       <c r="F149" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта та англійська мова</t>
         </is>
       </c>
       <c r="G149" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H149" s="8" t="inlineStr">
         <is>
           <t>УД 06007734</t>
         </is>
       </c>
       <c r="I149" s="9" t="n">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="J149" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K149" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
         <v>78881</v>
       </c>
       <c r="F150" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта та англійська мова</t>
         </is>
       </c>
       <c r="G150" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H150" s="8" t="inlineStr">
         <is>
           <t>УД 06006902</t>
         </is>
       </c>
       <c r="I150" s="9" t="n">
-        <v>46387</v>
+        <v>46752</v>
       </c>
       <c r="J150" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K150" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D151" s="3" t="inlineStr">
@@ -8802,54 +8802,56 @@
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D156" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E156" s="6" t="n">
         <v>78885</v>
       </c>
       <c r="F156" s="3" t="inlineStr">
         <is>
           <t>Середня освіта (Історія та громадянська освіта)</t>
         </is>
       </c>
       <c r="G156" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H156" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I156" s="9"/>
+          <t>- 19616</t>
+        </is>
+      </c>
+      <c r="I156" s="9" t="n">
+        <v>46379</v>
+      </c>
       <c r="J156" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K156" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D157" s="3" t="inlineStr">
         <is>
@@ -9284,51 +9286,51 @@
       </c>
       <c r="D166" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E166" s="6" t="n">
         <v>78874</v>
       </c>
       <c r="F166" s="3" t="inlineStr">
         <is>
           <t>Німецька і англійська мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="G166" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H166" s="8" t="inlineStr">
         <is>
           <t>- 15192</t>
         </is>
       </c>
       <c r="I166" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J166" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K166" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
@@ -10231,187 +10233,185 @@
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
         <v>38689</v>
       </c>
       <c r="F187" s="3" t="inlineStr">
         <is>
           <t>Загальна педагогіка та історія педагогіки</t>
         </is>
       </c>
       <c r="G187" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H187" s="8" t="inlineStr">
         <is>
           <t>- 1649</t>
         </is>
       </c>
       <c r="I187" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J187" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K187" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
         <v>38765</v>
       </c>
       <c r="F188" s="3" t="inlineStr">
         <is>
           <t>Теорія та методика навчання (математика)</t>
         </is>
       </c>
       <c r="G188" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H188" s="8" t="inlineStr">
         <is>
           <t>- 2604</t>
         </is>
       </c>
       <c r="I188" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J188" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K188" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
         <v>38766</v>
       </c>
       <c r="F189" s="3" t="inlineStr">
         <is>
           <t>Теорія та методика навчання (українська мова)</t>
         </is>
       </c>
       <c r="G189" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H189" s="8" t="inlineStr">
         <is>
           <t>- 2412</t>
         </is>
       </c>
       <c r="I189" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J189" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K189" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
         <v>52683</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
           <t>Теорія та методика навчання (фізична культура)</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H190" s="8" t="inlineStr">
         <is>
-          <t>- 10183</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I190" s="9"/>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
@@ -10454,51 +10454,51 @@
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
         <v>37423</v>
       </c>
       <c r="F192" s="3" t="inlineStr">
         <is>
           <t>Теорія і методика професійної освіти</t>
         </is>
       </c>
       <c r="G192" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H192" s="8" t="inlineStr">
         <is>
           <t>- 684</t>
         </is>
       </c>
       <c r="I192" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J192" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K192" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
           <t>015</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D193" s="3"/>
@@ -10628,276 +10628,276 @@
       <c r="C196" s="3" t="inlineStr">
         <is>
           <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
         <v>38767</v>
       </c>
       <c r="F196" s="3" t="inlineStr">
         <is>
           <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G196" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H196" s="8" t="inlineStr">
         <is>
           <t>- 2096</t>
         </is>
       </c>
       <c r="I196" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J196" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K196" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
         <v>37424</v>
       </c>
       <c r="F197" s="3" t="inlineStr">
         <is>
           <t>Історія України</t>
         </is>
       </c>
       <c r="G197" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H197" s="8" t="inlineStr">
         <is>
           <t>- 683</t>
         </is>
       </c>
       <c r="I197" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J197" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K197" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
         <v>37425</v>
       </c>
       <c r="F198" s="3" t="inlineStr">
         <is>
           <t>Соціальна філософія та філософія історії</t>
         </is>
       </c>
       <c r="G198" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H198" s="8" t="inlineStr">
         <is>
           <t>- 682</t>
         </is>
       </c>
       <c r="I198" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J198" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K198" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
         <v>37426</v>
       </c>
       <c r="F199" s="3" t="inlineStr">
         <is>
           <t>Теорія літератури</t>
         </is>
       </c>
       <c r="G199" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H199" s="8" t="inlineStr">
         <is>
           <t>- 681</t>
         </is>
       </c>
       <c r="I199" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J199" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K199" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
         <v>38768</v>
       </c>
       <c r="F200" s="3" t="inlineStr">
         <is>
           <t>Українська література</t>
         </is>
       </c>
       <c r="G200" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H200" s="8" t="inlineStr">
         <is>
           <t>- 2098</t>
         </is>
       </c>
       <c r="I200" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J200" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K200" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
         <v>38769</v>
       </c>
       <c r="F201" s="3" t="inlineStr">
         <is>
           <t>Педагогічна та вікова психологія</t>
         </is>
       </c>
       <c r="G201" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H201" s="8" t="inlineStr">
         <is>
           <t>- 2162</t>
         </is>
       </c>
       <c r="I201" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J201" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K201" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D202" s="3"/>
@@ -10986,51 +10986,51 @@
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
         <v>38772</v>
       </c>
       <c r="F204" s="3" t="inlineStr">
         <is>
           <t>Математичний аналіз</t>
         </is>
       </c>
       <c r="G204" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H204" s="8" t="inlineStr">
         <is>
           <t>- 2066</t>
         </is>
       </c>
       <c r="I204" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J204" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K204" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D205" s="3"/>
@@ -11160,51 +11160,51 @@
       <c r="C208" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
         <v>78814</v>
       </c>
       <c r="F208" s="3" t="inlineStr">
         <is>
           <t>Загальна педагогіка та історія педагогіки</t>
         </is>
       </c>
       <c r="G208" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H208" s="8" t="inlineStr">
         <is>
           <t>- 15199</t>
         </is>
       </c>
       <c r="I208" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J208" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K208" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D209" s="3"/>
@@ -11291,51 +11291,51 @@
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
         <v>78818</v>
       </c>
       <c r="F211" s="3" t="inlineStr">
         <is>
           <t>Теорія та методика навчання (українська мова)</t>
         </is>
       </c>
       <c r="G211" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H211" s="8" t="inlineStr">
         <is>
           <t>- 15206</t>
         </is>
       </c>
       <c r="I211" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J211" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K211" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D212" s="3"/>
@@ -11379,51 +11379,51 @@
       <c r="C213" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
         <v>78827</v>
       </c>
       <c r="F213" s="3" t="inlineStr">
         <is>
           <t>Теорія та методика навчання (математика)</t>
         </is>
       </c>
       <c r="G213" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H213" s="8" t="inlineStr">
         <is>
           <t>- 15205</t>
         </is>
       </c>
       <c r="I213" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J213" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K213" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D214" s="3"/>
@@ -11463,56 +11463,54 @@
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
         <v>78835</v>
       </c>
       <c r="F215" s="3" t="inlineStr">
         <is>
           <t>Теорія та методика навчання (фізична культура)</t>
         </is>
       </c>
       <c r="G215" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H215" s="8" t="inlineStr">
         <is>
-          <t>- 15207</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I215" s="9"/>
       <c r="J215" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K215" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
           <t>A5</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
           <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
@@ -11641,51 +11639,51 @@
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>78824</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Соціальна філософія та філософія історії</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H219" s="8" t="inlineStr">
         <is>
           <t>- 15204</t>
         </is>
       </c>
       <c r="I219" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J219" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K219" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
@@ -11729,96 +11727,96 @@
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
         <v>78822</v>
       </c>
       <c r="F221" s="3" t="inlineStr">
         <is>
           <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="G221" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H221" s="8" t="inlineStr">
         <is>
           <t>- 15203</t>
         </is>
       </c>
       <c r="I221" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J221" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K221" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="222">
       <c r="A222" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B222" s="8" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C222" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D222" s="3"/>
       <c r="E222" s="6" t="n">
         <v>78823</v>
       </c>
       <c r="F222" s="3" t="inlineStr">
         <is>
           <t>Історія України</t>
         </is>
       </c>
       <c r="G222" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H222" s="8" t="inlineStr">
         <is>
           <t>- 15200</t>
         </is>
       </c>
       <c r="I222" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J222" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K222" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="223">
       <c r="A223" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B223" s="8" t="inlineStr">
         <is>
           <t>C2</t>
         </is>
       </c>
       <c r="C223" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D223" s="3"/>
@@ -11862,51 +11860,51 @@
       <c r="C224" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D224" s="3"/>
       <c r="E224" s="6" t="n">
         <v>78833</v>
       </c>
       <c r="F224" s="3" t="inlineStr">
         <is>
           <t>Педагогічна та вікова психологія</t>
         </is>
       </c>
       <c r="G224" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H224" s="8" t="inlineStr">
         <is>
           <t>- 15202</t>
         </is>
       </c>
       <c r="I224" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J224" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K224" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="225">
       <c r="A225" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B225" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C225" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D225" s="3"/>
@@ -12036,51 +12034,51 @@
       <c r="C228" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D228" s="3"/>
       <c r="E228" s="6" t="n">
         <v>78828</v>
       </c>
       <c r="F228" s="3" t="inlineStr">
         <is>
           <t>Математичний аналіз</t>
         </is>
       </c>
       <c r="G228" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H228" s="8" t="inlineStr">
         <is>
           <t>- 15201</t>
         </is>
       </c>
       <c r="I228" s="9" t="n">
-        <v>46569</v>
+        <v>46752</v>
       </c>
       <c r="J228" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K228" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="229">
       <c r="A229" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B229" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C229" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D229" s="3"/>
@@ -12148,51 +12146,51 @@
       <c r="I230" s="9"/>
       <c r="J230" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K230" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K230"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I161"/>
+  <dimension ref="A1:I159"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -12266,51 +12264,51 @@
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F3" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -12414,51 +12412,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E7" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -12784,51 +12782,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Корекційна психопедагогіка</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
@@ -13171,54 +13169,54 @@
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -13237,51 +13235,51 @@
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="F30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
@@ -13831,124 +13829,124 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="F48" s="6" t="n">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D49" s="3"/>
       <c r="E49" s="6" t="n">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F49" s="6" t="n">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="G49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E50" s="6" t="n">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="F50" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -13975,51 +13973,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14086,162 +14084,162 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Географія</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -14419,54 +14417,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="F64" s="6" t="n">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -14604,87 +14602,87 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>55</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
@@ -14883,51 +14881,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D77" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E77" s="6" t="n">
         <v>121</v>
       </c>
       <c r="F77" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -15020,84 +15018,84 @@
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C81" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D81" s="3"/>
       <c r="E81" s="6" t="n">
-        <v>151</v>
+        <v>146</v>
       </c>
       <c r="F81" s="6" t="n">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="G81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
@@ -15152,51 +15150,51 @@
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="F85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
@@ -15218,51 +15216,51 @@
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -15383,51 +15381,51 @@
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -15617,81 +15615,81 @@
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B100" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D100" s="3"/>
       <c r="E100" s="6" t="n">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="F100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H100" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I100" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="101">
       <c r="A101" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B101" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
@@ -15886,51 +15884,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D107" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E107" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -16462,51 +16460,51 @@
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>114</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -16627,51 +16625,51 @@
       <c r="H127" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I127" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="128">
       <c r="A128" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B128" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C128" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D128" s="3"/>
       <c r="E128" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H128" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I128" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="129">
       <c r="A129" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B129" s="8" t="inlineStr">
         <is>
           <t>E3</t>
         </is>
       </c>
@@ -16918,873 +16916,807 @@
       </c>
       <c r="E136" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H136" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I136" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="137">
       <c r="A137" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B137" s="8" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C137" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D137" s="3"/>
       <c r="E137" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
-[...2 lines deleted...]
-      <c r="D138" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D138" s="3" t="inlineStr">
+        <is>
+          <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
+        </is>
+      </c>
       <c r="E138" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C139" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D139" s="3"/>
       <c r="E139" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F139" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>A4</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
-          <t>A4</t>
+          <t>A5</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
-          <t>A5</t>
+          <t>B11</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
-          <t>B11</t>
+          <t>E1</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
-          <t>E1</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="F145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>015</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Професійна освіта</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
-          <t>015</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Професійна освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B150" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>031</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Релігієзнавство</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B151" s="8" t="inlineStr">
         <is>
-          <t>031</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Релігієзнавство</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
-        <v>0</v>
+        <v>7</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
         <v>8</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Біологія</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="F155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Біологія</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
+        <v>9</v>
+      </c>
+      <c r="F159" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="G159" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="H159" s="6" t="n">
         <v>2</v>
       </c>
-      <c r="F159" s="6" t="n">
-[...7 lines deleted...]
-      </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
-[...64 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I161"/>
+  <autoFilter ref="A1:I159"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>