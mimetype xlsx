--- v0 (2025-12-09)
+++ v1 (2026-02-08)
@@ -3570,51 +3570,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E3" s="8" t="n">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
@@ -3673,51 +3673,51 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G15</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>J3</t>
         </is>
       </c>
@@ -3772,88 +3772,88 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Графічний дизайн</t>
         </is>
       </c>
       <c r="E10" s="8" t="n">
-        <v>563</v>
+        <v>551</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>022</t>
         </is>
       </c>
@@ -3912,51 +3912,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>182</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Технології легкої промисловості</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>