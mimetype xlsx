--- v0 (2025-10-25)
+++ v1 (2026-01-22)
@@ -1398,51 +1398,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -1464,54 +1464,54 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">