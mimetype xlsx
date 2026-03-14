--- v1 (2026-01-22)
+++ v2 (2026-03-14)
@@ -371,51 +371,51 @@
         <is>
           <t>м. Івано-Франківськ</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Карпатська, 15</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0662276699</t>
+          <t>+38(095)-392-59-95</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>dgkk@ukr.net</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://dgkkdonnaba.wixsite.com/dgkk</t>
         </is>
@@ -1398,51 +1398,51 @@
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>G19</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>191</t>
         </is>
       </c>
@@ -1464,51 +1464,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I4"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>