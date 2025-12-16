--- v0 (2025-10-30)
+++ v1 (2025-12-16)
@@ -3323,51 +3323,51 @@
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
         <v>48</v>
       </c>
       <c r="F6" s="8" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
@@ -3584,51 +3584,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>