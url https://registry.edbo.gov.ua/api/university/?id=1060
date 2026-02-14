--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -2542,55 +2542,55 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
         <v>43557</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="7" t="inlineStr">
         <is>
-          <t>- 0</t>
+          <t>ДС 006967</t>
         </is>
       </c>
       <c r="I10" s="9" t="n">
-        <v>46148</v>
+        <v>48030</v>
       </c>
       <c r="J10" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K10" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Будівництво та цивільна інженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
@@ -3320,117 +3320,117 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>11</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
@@ -3452,51 +3452,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>43</v>
+        <v>30</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>192</t>
         </is>
       </c>
@@ -3551,51 +3551,51 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>114</v>
+        <v>107</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>22</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
@@ -3650,51 +3650,51 @@
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="F16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I16"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>