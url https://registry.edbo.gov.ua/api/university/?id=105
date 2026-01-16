--- v0 (2025-10-25)
+++ v1 (2026-01-16)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$57</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$280</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$205</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$187</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -9611,54 +9611,56 @@
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D133" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E133" s="6" t="n">
         <v>65780</v>
       </c>
       <c r="F133" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="G133" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H133" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I133" s="9"/>
+          <t>НД 1597037</t>
+        </is>
+      </c>
+      <c r="I133" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J133" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K133" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
@@ -9993,54 +9995,56 @@
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>65728</v>
       </c>
       <c r="F141" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G141" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H141" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I141" s="9"/>
+          <t>- 18848</t>
+        </is>
+      </c>
+      <c r="I141" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J141" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K141" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
@@ -10091,103 +10095,107 @@
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
         <v>65753</v>
       </c>
       <c r="F143" s="3" t="inlineStr">
         <is>
           <t>Переклад</t>
         </is>
       </c>
       <c r="G143" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H143" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I143" s="9"/>
       <c r="J143" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K143" s="9"/>
+          <t>НД 1597040</t>
+        </is>
+      </c>
+      <c r="K143" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
         <v>6632</v>
       </c>
       <c r="F144" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G144" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H144" s="7" t="inlineStr">
         <is>
-          <t>- 9401</t>
+          <t>- 18855</t>
         </is>
       </c>
       <c r="I144" s="9" t="n">
-        <v>45987</v>
+        <v>46344</v>
       </c>
       <c r="J144" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="K144" s="9"/>
+          <t>НД 1597040</t>
+        </is>
+      </c>
+      <c r="K144" s="9" t="n">
+        <v>46204</v>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>42074</v>
       </c>
       <c r="F145" s="3" t="inlineStr">
         <is>
           <t>Міжнародна економіка</t>
         </is>
@@ -10267,54 +10275,56 @@
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
         <v>64412</v>
       </c>
       <c r="F147" s="3" t="inlineStr">
         <is>
           <t>Журналістика та медіакомунікації</t>
         </is>
       </c>
       <c r="G147" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H147" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I147" s="9"/>
+          <t>- 18873</t>
+        </is>
+      </c>
+      <c r="I147" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J147" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K147" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
@@ -10715,97 +10725,101 @@
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
         <v>64425</v>
       </c>
       <c r="F157" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерний еколого-економічний моніторинг</t>
         </is>
       </c>
       <c r="G157" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H157" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I157" s="9"/>
+          <t>- 19190</t>
+        </is>
+      </c>
+      <c r="I157" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J157" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K157" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
         <v>64508</v>
       </c>
       <c r="F158" s="3" t="inlineStr">
         <is>
           <t>Управління екологічними проєктами</t>
         </is>
       </c>
       <c r="G158" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H158" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I158" s="9"/>
+          <t>- 19191</t>
+        </is>
+      </c>
+      <c r="I158" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J158" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K158" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
@@ -11028,54 +11042,56 @@
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
         <v>64464</v>
       </c>
       <c r="F164" s="3" t="inlineStr">
         <is>
           <t>Інформаційні технології інтелектуального аналізу даних та проєктування програмних систем</t>
         </is>
       </c>
       <c r="G164" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H164" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I164" s="9"/>
+          <t>- 19196</t>
+        </is>
+      </c>
+      <c r="I164" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J164" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K164" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
@@ -12833,56 +12849,54 @@
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
         <v>71281</v>
       </c>
       <c r="F203" s="3" t="inlineStr">
         <is>
           <t>Олімпійський та професійний спорт</t>
         </is>
       </c>
       <c r="G203" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H203" s="7" t="inlineStr">
         <is>
-          <t>- 18172</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I203" s="9"/>
       <c r="J203" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K203" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B204" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D204" s="3" t="inlineStr">
         <is>
@@ -12929,99 +12943,99 @@
       <c r="C205" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D205" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E205" s="6" t="n">
         <v>72091</v>
       </c>
       <c r="F205" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G205" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H205" s="7" t="inlineStr">
         <is>
-          <t>- 18173</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I205" s="9"/>
       <c r="J205" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K205" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B206" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D206" s="3"/>
       <c r="E206" s="6" t="n">
         <v>72209</v>
       </c>
       <c r="F206" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="G206" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H206" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I206" s="9"/>
+          <t>- 19382</t>
+        </is>
+      </c>
+      <c r="I206" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J206" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K206" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B207" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
@@ -13152,54 +13166,56 @@
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
         <v>71294</v>
       </c>
       <c r="F210" s="3" t="inlineStr">
         <is>
           <t>Журналістика та медіакомунікації</t>
         </is>
       </c>
       <c r="G210" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H210" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I210" s="9"/>
+          <t>- 19383</t>
+        </is>
+      </c>
+      <c r="I210" s="9" t="n">
+        <v>46344</v>
+      </c>
       <c r="J210" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K210" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B211" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
@@ -13598,54 +13614,56 @@
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
         <v>74708</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Управління екологічними проєктами</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I220" s="9"/>
+          <t>- 19600</t>
+        </is>
+      </c>
+      <c r="I220" s="9" t="n">
+        <v>46358</v>
+      </c>
       <c r="J220" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D221" s="3"/>
       <c r="E221" s="6" t="n">
@@ -15202,56 +15220,54 @@
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C254" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D254" s="3"/>
       <c r="E254" s="6" t="n">
         <v>65752</v>
       </c>
       <c r="F254" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="G254" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H254" s="7" t="inlineStr">
         <is>
-          <t>- 17827</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I254" s="9"/>
       <c r="J254" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K254" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="255">
       <c r="A255" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B255" s="7" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C255" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D255" s="3"/>
       <c r="E255" s="6" t="n">
@@ -16340,51 +16356,51 @@
       <c r="I280" s="9"/>
       <c r="J280" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K280" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K280"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I205"/>
+  <dimension ref="A1:I187"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -16461,51 +16477,51 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -16824,88 +16840,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>B2</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Дизайн</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Дизайн середовища</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>B9</t>
         </is>
       </c>
@@ -16934,84 +16950,84 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -17033,51 +17049,51 @@
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B19" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F19" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -17096,51 +17112,51 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>27</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -17165,51 +17181,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -17228,51 +17244,51 @@
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D25" s="3"/>
       <c r="E25" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F25" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -17294,120 +17310,120 @@
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D27" s="3"/>
       <c r="E27" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="F28" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="F29" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H29" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I29" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
@@ -17433,88 +17449,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Двигуни та енергетичні установки</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F31" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
-        <v>32</v>
+        <v>198</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>12</v>
+        <v>151</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>G12</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
@@ -17569,51 +17585,51 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>74</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>31</v>
+        <v>34</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -17673,51 +17689,51 @@
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>G6</t>
         </is>
       </c>
@@ -17739,51 +17755,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>22</v>
+        <v>127</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -17808,88 +17824,88 @@
       <c r="I41" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>G9</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>44</v>
       </c>
       <c r="F42" s="6" t="n">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="G42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H42" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I42" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F43" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
@@ -17915,84 +17931,84 @@
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F45" s="6" t="n">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
-        <v>57</v>
+        <v>56</v>
       </c>
       <c r="F46" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="G46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -18167,51 +18183,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C52" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D52" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E52" s="6" t="n">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="F52" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H52" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I52" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B53" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -18278,88 +18294,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
-        <v>56</v>
+        <v>55</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>32</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F56" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -18389,51 +18405,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="7" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F58" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H58" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I58" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="7" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
@@ -18529,51 +18545,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -18635,51 +18651,51 @@
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="7" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D65" s="3"/>
       <c r="E65" s="6" t="n">
         <v>58</v>
       </c>
       <c r="F65" s="6" t="n">
-        <v>52</v>
+        <v>51</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="7" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C66" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -18797,51 +18813,51 @@
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D70" s="3"/>
       <c r="E70" s="6" t="n">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="F70" s="6" t="n">
         <v>24</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -18896,54 +18912,54 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>103</v>
+        <v>99</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -18962,84 +18978,84 @@
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
@@ -19061,51 +19077,51 @@
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
@@ -19127,51 +19143,51 @@
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -19193,54 +19209,54 @@
       <c r="H81" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I81" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B82" s="7" t="inlineStr">
         <is>
           <t>131</t>
         </is>
       </c>
       <c r="C82" s="3" t="inlineStr">
         <is>
           <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D82" s="3"/>
       <c r="E82" s="6" t="n">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="F82" s="6" t="n">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="G82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H82" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I82" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="7" t="inlineStr">
         <is>
           <t>132</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Матеріалознавство</t>
@@ -19295,114 +19311,114 @@
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
         <v>604</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>219</v>
+        <v>221</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>502</v>
+        <v>499</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
@@ -19424,51 +19440,51 @@
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
@@ -19523,51 +19539,51 @@
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -19622,51 +19638,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>39</v>
+        <v>36</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
@@ -20086,51 +20102,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B108" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D108" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E108" s="6" t="n">
         <v>6</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B109" s="7" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -20160,51 +20176,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B110" s="7" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D110" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E110" s="6" t="n">
         <v>10</v>
       </c>
       <c r="F110" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
@@ -20370,51 +20386,51 @@
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B116" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D116" s="3"/>
       <c r="E116" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F116" s="6" t="n">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="G116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H116" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I116" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="117">
       <c r="A117" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B117" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C117" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -20499,51 +20515,51 @@
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B120" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>16</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>11</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
@@ -20568,51 +20584,51 @@
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -20870,51 +20886,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
-        <v>37</v>
+        <v>48</v>
       </c>
       <c r="F131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
@@ -21274,2149 +21290,1539 @@
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D143" s="3" t="inlineStr">
         <is>
-          <t>Українська мова і література</t>
+          <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E143" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D144" s="3" t="inlineStr">
         <is>
-          <t>Англійська мова та зарубіжна література</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E144" s="6" t="n">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D145" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E145" s="6" t="n">
-        <v>0</v>
+        <v>16</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D146" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Мистецтво. Музичне мистецтво</t>
         </is>
       </c>
       <c r="E146" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>016</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D147" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура</t>
+          <t>Логопедія</t>
         </is>
       </c>
       <c r="E147" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>025</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Музичне мистецтво</t>
+        </is>
+      </c>
+      <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F151" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F152" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Підприємництво та торгівля</t>
+        </is>
+      </c>
+      <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="F153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>52</v>
+        <v>2</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F157" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>135</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Суднобудування</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>2</v>
+        <v>24</v>
       </c>
       <c r="F158" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F159" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>8.18010013</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>управління проектами</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>49</v>
+        <v>0</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>27</v>
+        <v>0</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>123</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Комп’ютерна інженерія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>25</v>
+        <v>7</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>131</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>20</v>
+        <v>7</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>132</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Суднобудування</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>69</v>
+        <v>1</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>96</v>
+        <v>1</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>35</v>
+        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>142</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Енергетичне машинобудування</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>43</v>
+        <v>1</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>19</v>
+        <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>144</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Теплоенергетика</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>171</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Електроніка</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>11</v>
+        <v>7</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>9</v>
+        <v>14</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="7" t="inlineStr">
         <is>
-          <t>183</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="F178" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="7" t="inlineStr">
         <is>
-          <t>8.18010013</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>управління проектами</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>135</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Суднобудування</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>0</v>
+        <v>9</v>
       </c>
       <c r="F181" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
+        <v>13</v>
+      </c>
+      <c r="F182" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>0</v>
+        <v>19</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B185" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B186" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
+        <v>6</v>
+      </c>
+      <c r="F186" s="6" t="n">
         <v>2</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="F187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
-[...592 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I205"/>
+  <autoFilter ref="A1:I187"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>