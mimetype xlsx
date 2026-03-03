--- v1 (2026-01-16)
+++ v2 (2026-03-03)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="ВСП" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Факультети" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'ВСП'!$A$1:$E$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$9</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$57</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$280</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$187</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$177</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -1109,51 +1109,51 @@
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="F3" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t> 14668</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D4" s="3" t="inlineStr">
         <is>
@@ -1234,51 +1234,51 @@
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D6" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G6" s="7" t="inlineStr">
         <is>
           <t> 3433</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 09.02.2022 № 39-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D7" s="3" t="inlineStr">
         <is>
@@ -7088,51 +7088,51 @@
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D74" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E74" s="6" t="n">
         <v>54141</v>
       </c>
       <c r="F74" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="G74" s="3"/>
       <c r="H74" s="7" t="inlineStr">
         <is>
           <t>- 3433</t>
         </is>
       </c>
       <c r="I74" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J74" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K74" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D75" s="3" t="inlineStr">
@@ -9431,51 +9431,51 @@
       <c r="C129" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D129" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E129" s="6" t="n">
         <v>71868</v>
       </c>
       <c r="F129" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="G129" s="3"/>
       <c r="H129" s="7" t="inlineStr">
         <is>
           <t>- 14668</t>
         </is>
       </c>
       <c r="I129" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J129" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K129" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="130">
       <c r="A130" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B130" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C130" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D130" s="3" t="inlineStr">
@@ -16356,51 +16356,51 @@
       <c r="I280" s="9"/>
       <c r="J280" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K280" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K280"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I187"/>
+  <dimension ref="A1:I177"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="5" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -16766,51 +16766,51 @@
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -16980,54 +16980,54 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="F17" s="6" t="n">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="7" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -17112,54 +17112,54 @@
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
@@ -17181,51 +17181,51 @@
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D23" s="3"/>
       <c r="E23" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F23" s="6" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="G23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H23" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I23" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B24" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -17277,51 +17277,51 @@
       <c r="H25" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I25" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F26" s="6" t="n">
         <v>20</v>
       </c>
       <c r="G26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H26" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I26" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
@@ -17346,51 +17346,51 @@
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="7" t="inlineStr">
         <is>
           <t>F5</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D28" s="3"/>
       <c r="E28" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F28" s="6" t="n">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="G28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H28" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I28" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
@@ -17582,54 +17582,54 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
@@ -17755,51 +17755,51 @@
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="6" t="n">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="F40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H40" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I40" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -17858,51 +17858,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D43" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E43" s="6" t="n">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="F43" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>J5</t>
         </is>
       </c>
@@ -18297,51 +18297,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>55</v>
       </c>
       <c r="F55" s="6" t="n">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="7" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -18545,51 +18545,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="7" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -18912,183 +18912,183 @@
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D73" s="3"/>
       <c r="E73" s="6" t="n">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="F73" s="6" t="n">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="G73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="F75" s="6" t="n">
         <v>13</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="7" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D76" s="3"/>
       <c r="E76" s="6" t="n">
-        <v>74</v>
+        <v>69</v>
       </c>
       <c r="F76" s="6" t="n">
         <v>36</v>
       </c>
       <c r="G76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="7" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -19110,84 +19110,84 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="7" t="inlineStr">
         <is>
           <t>125</t>
         </is>
       </c>
       <c r="C80" s="3" t="inlineStr">
         <is>
           <t>Кібербезпека та захист інформації</t>
         </is>
       </c>
       <c r="D80" s="3"/>
       <c r="E80" s="6" t="n">
-        <v>44</v>
+        <v>39</v>
       </c>
       <c r="F80" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H80" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I80" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B81" s="7" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -19275,216 +19275,216 @@
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="7" t="inlineStr">
         <is>
           <t>134</t>
         </is>
       </c>
       <c r="C84" s="3" t="inlineStr">
         <is>
           <t>Авіаційна та ракетно-космічна техніка</t>
         </is>
       </c>
       <c r="D84" s="3"/>
       <c r="E84" s="6" t="n">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="F84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H84" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I84" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B85" s="7" t="inlineStr">
         <is>
           <t>135</t>
         </is>
       </c>
       <c r="C85" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="D85" s="3"/>
       <c r="E85" s="6" t="n">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="F85" s="6" t="n">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="G85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>499</v>
+        <v>486</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>107</v>
+        <v>115</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="7" t="inlineStr">
         <is>
           <t>142</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>144</v>
+        <v>137</v>
       </c>
       <c r="F87" s="6" t="n">
         <v>50</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="7" t="inlineStr">
         <is>
           <t>144</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>23</v>
+        <v>21</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="7" t="inlineStr">
         <is>
           <t>152</t>
         </is>
       </c>
@@ -19539,51 +19539,51 @@
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="7" t="inlineStr">
         <is>
           <t>171</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
@@ -19638,51 +19638,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="7" t="inlineStr">
         <is>
           <t>175</t>
         </is>
       </c>
@@ -19741,91 +19741,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D98" s="3" t="inlineStr">
         <is>
           <t>Управління судновими технічними системами і комплексами</t>
         </is>
       </c>
       <c r="E98" s="6" t="n">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="F98" s="6" t="n">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="G98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H98" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I98" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="7" t="inlineStr">
         <is>
           <t>271</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Морський та внутрішній водний транспорт</t>
         </is>
       </c>
       <c r="D99" s="3" t="inlineStr">
         <is>
           <t>Експлуатація суднового електрообладнання і засобів автоматики</t>
         </is>
       </c>
       <c r="E99" s="6" t="n">
-        <v>53</v>
+        <v>47</v>
       </c>
       <c r="F99" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H99" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I99" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="100">
       <c r="A100" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B100" s="7" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
       <c r="C100" s="3" t="inlineStr">
         <is>
           <t>Освітні науки</t>
@@ -20206,54 +20206,54 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B111" s="7" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="F111" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B112" s="7" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -20584,81 +20584,81 @@
       <c r="I121" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="122">
       <c r="A122" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B122" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C122" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D122" s="3"/>
       <c r="E122" s="6" t="n">
         <v>24</v>
       </c>
       <c r="F122" s="6" t="n">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="G122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H122" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I122" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="123">
       <c r="A123" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B123" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C123" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D123" s="3"/>
       <c r="E123" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H123" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I123" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="124">
       <c r="A124" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B124" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -20889,51 +20889,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="131">
       <c r="A131" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B131" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C131" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D131" s="3" t="inlineStr">
         <is>
           <t>Суднобудування</t>
         </is>
       </c>
       <c r="E131" s="6" t="n">
         <v>48</v>
       </c>
       <c r="F131" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H131" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I131" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="132">
       <c r="A132" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B132" s="7" t="inlineStr">
         <is>
           <t>G2</t>
         </is>
       </c>
       <c r="C132" s="3" t="inlineStr">
         <is>
           <t>Технології захисту навколишнього середовища</t>
@@ -20955,85 +20955,85 @@
       <c r="I132" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="133">
       <c r="A133" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B133" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C133" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D133" s="3"/>
       <c r="E133" s="6" t="n">
         <v>66</v>
       </c>
       <c r="F133" s="6" t="n">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="G133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H133" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I133" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="134">
       <c r="A134" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B134" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
       <c r="C134" s="3" t="inlineStr">
         <is>
           <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D134" s="3" t="inlineStr">
         <is>
           <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="E134" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F134" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H134" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I134" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="135">
       <c r="A135" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B135" s="7" t="inlineStr">
         <is>
           <t>G4</t>
         </is>
       </c>
@@ -21125,51 +21125,51 @@
       <c r="H137" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I137" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="138">
       <c r="A138" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B138" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C138" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D138" s="3"/>
       <c r="E138" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H138" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I138" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="139">
       <c r="A139" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B139" s="7" t="inlineStr">
         <is>
           <t>G8</t>
         </is>
       </c>
@@ -21214,1615 +21214,1265 @@
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="7" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="7" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>072</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D142" s="3"/>
       <c r="E142" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F142" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="G142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="F143" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>101</t>
         </is>
       </c>
       <c r="C144" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Екологія</t>
+        </is>
+      </c>
+      <c r="D144" s="3"/>
       <c r="E144" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F144" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H144" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Інженерія програмного забезпечення</t>
+        </is>
+      </c>
+      <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="7" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D146" s="3"/>
       <c r="E146" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="F146" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="7" t="inlineStr">
         <is>
-          <t>016</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
-          <t>Спеціальна освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Системний аналіз</t>
+        </is>
+      </c>
+      <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="F147" s="6" t="n">
-        <v>15</v>
+        <v>0</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="7" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>135</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Суднобудування</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="F148" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="7" t="inlineStr">
         <is>
-          <t>025</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C149" s="3" t="inlineStr">
         <is>
-          <t>Музичне мистецтво</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D149" s="3"/>
       <c r="E149" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F149" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H149" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I149" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="150">
       <c r="A150" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B150" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C150" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D150" s="3"/>
       <c r="E150" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="F150" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H150" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I150" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="151">
       <c r="A151" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B151" s="7" t="inlineStr">
         <is>
-          <t>072</t>
+          <t>8.18010013</t>
         </is>
       </c>
       <c r="C151" s="3" t="inlineStr">
         <is>
-          <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
+          <t>управління проектами</t>
         </is>
       </c>
       <c r="D151" s="3"/>
       <c r="E151" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H151" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I151" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="152">
       <c r="A152" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B152" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C152" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D152" s="3"/>
       <c r="E152" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="F152" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H152" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I152" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="153">
       <c r="A153" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B153" s="7" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C153" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D153" s="3"/>
       <c r="E153" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F153" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H153" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I153" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="154">
       <c r="A154" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B154" s="7" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C154" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D154" s="3"/>
       <c r="E154" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H154" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I154" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="155">
       <c r="A155" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B155" s="7" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C155" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D155" s="3"/>
       <c r="E155" s="6" t="n">
-        <v>4</v>
+        <v>0</v>
       </c>
       <c r="F155" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H155" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I155" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="156">
       <c r="A156" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B156" s="7" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>F3</t>
         </is>
       </c>
       <c r="C156" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D156" s="3"/>
       <c r="E156" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F156" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H156" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I156" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="157">
       <c r="A157" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B157" s="7" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>G11</t>
         </is>
       </c>
       <c r="C157" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Машинобудування</t>
         </is>
       </c>
       <c r="D157" s="3"/>
       <c r="E157" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H157" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I157" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="158">
       <c r="A158" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B158" s="7" t="inlineStr">
         <is>
-          <t>135</t>
+          <t>G2</t>
         </is>
       </c>
       <c r="C158" s="3" t="inlineStr">
         <is>
-          <t>Суднобудування</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D158" s="3"/>
       <c r="E158" s="6" t="n">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="F158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H158" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I158" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="159">
       <c r="A159" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B159" s="7" t="inlineStr">
         <is>
-          <t>141</t>
+          <t>G3</t>
         </is>
       </c>
       <c r="C159" s="3" t="inlineStr">
         <is>
-          <t>Електроенергетика, електротехніка та електромеханіка</t>
+          <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B160" s="7" t="inlineStr">
         <is>
-          <t>174</t>
+          <t>G4</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Енерговиробництво</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B161" s="7" t="inlineStr">
         <is>
-          <t>8.18010013</t>
+          <t>G7</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>управління проектами</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B162" s="7" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>G8</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B163" s="7" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>G9</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B164" s="7" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B165" s="7" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B166" s="7" t="inlineStr">
         <is>
-          <t>F3</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B167" s="7" t="inlineStr">
         <is>
-          <t>G11</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Машинобудування</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="7" t="inlineStr">
         <is>
-          <t>G2</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Технології захисту навколишнього середовища</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="7" t="inlineStr">
         <is>
-          <t>G3</t>
+          <t>131</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Електрична інженерія</t>
+          <t>Прикладна механіка</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="F169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="7" t="inlineStr">
         <is>
-          <t>G4</t>
+          <t>132</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Енерговиробництво</t>
+          <t>Матеріалознавство</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="7" t="inlineStr">
         <is>
-          <t>G7</t>
+          <t>135</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
+          <t>Суднобудування</t>
         </is>
       </c>
       <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
+        <v>8</v>
+      </c>
+      <c r="F171" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="7" t="inlineStr">
         <is>
-          <t>G8</t>
+          <t>141</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Матеріалознавство</t>
+          <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="7" t="inlineStr">
         <is>
-          <t>G9</t>
+          <t>142</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Прикладна механіка</t>
+          <t>Енергетичне машинобудування</t>
         </is>
       </c>
       <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="F173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="7" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>144</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Теплоенергетика</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="F174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="7" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>151</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="7" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>174</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="7" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>183</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Технології захисту навколишнього середовища</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>14</v>
+        <v>6</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
-[...328 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I187"/>
+  <autoFilter ref="A1:I177"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>