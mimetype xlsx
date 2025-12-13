--- v0 (2025-10-26)
+++ v1 (2025-12-13)
@@ -377,77 +377,69 @@
         <is>
           <t>с-ще Немішаєве</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Технікумівська, 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>0457741155</t>
+          <t>80447741455;</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B17" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="B18" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Альохін Володимир Ілліч</t>
         </is>
       </c>
     </row>
@@ -4905,51 +4897,51 @@
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F3" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
@@ -5133,84 +5125,84 @@
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -5265,51 +5257,51 @@
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -5334,183 +5326,183 @@
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
         <v>153</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>42</v>
+        <v>39</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>