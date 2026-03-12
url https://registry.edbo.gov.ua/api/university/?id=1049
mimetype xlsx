--- v1 (2025-12-13)
+++ v2 (2026-03-12)
@@ -377,69 +377,77 @@
         <is>
           <t>с-ще Немішаєве</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Технікумівська, 4</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>80447741455;</t>
+          <t>+38(045)-774-11-55</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>nat_college@nubip.edu.ua</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>https://nfk.in.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Альохін Володимир Ілліч</t>
         </is>
       </c>
     </row>
@@ -3819,56 +3827,54 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
         <v>48509</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Зберігання, консервування та переробка молока</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
-          <t>- 0</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K21" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
@@ -4186,51 +4192,51 @@
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="6" t="n">
         <v>40854</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="8" t="inlineStr">
         <is>
           <t>- 0</t>
         </is>
       </c>
       <c r="I30" s="9" t="n">
-        <v>46066</v>
+        <v>46364</v>
       </c>
       <c r="J30" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
@@ -4993,579 +4999,579 @@
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>G13</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="6" t="n">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="F6" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="6" t="n">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="F7" s="6" t="n">
         <v>15</v>
       </c>
       <c r="G7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="8" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="6" t="n">
-        <v>32</v>
+        <v>30</v>
       </c>
       <c r="F8" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="8" t="inlineStr">
         <is>
           <t>H2</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Тваринництво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="6" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="8" t="inlineStr">
         <is>
           <t>H6</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="6" t="n">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="F10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>H7</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="6" t="n">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="F11" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="6" t="n">
-        <v>25</v>
+        <v>23</v>
       </c>
       <c r="F12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="6" t="n">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="F13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="6" t="n">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="F14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="6" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F15" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="6" t="n">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="F16" s="6" t="n">
-        <v>39</v>
+        <v>33</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>181</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Харчові технології</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>71</v>
+        <v>57</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C18" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D18" s="3"/>
       <c r="E18" s="6" t="n">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="F18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H18" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I18" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B19" s="8" t="inlineStr">
         <is>
           <t>204</t>
         </is>
       </c>
       <c r="C19" s="3" t="inlineStr">
         <is>
           <t>Технологія виробництва і переробки продукції тваринництва</t>
         </is>
       </c>
       <c r="D19" s="3"/>
       <c r="E19" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F19" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H19" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>208</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Агроінженерія</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="6" t="n">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="F20" s="6" t="n">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="6" t="n">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="F21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>211</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Ветеринарна медицина</t>
         </is>
       </c>
       <c r="D22" s="3"/>
       <c r="E22" s="6" t="n">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="F22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H22" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I22" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -5591,51 +5597,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B24" s="8" t="inlineStr">
         <is>
           <t>275</t>
         </is>
       </c>
       <c r="C24" s="3" t="inlineStr">
         <is>
           <t>Транспортні технології</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>на автомобільному транспорті</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
-        <v>65</v>
+        <v>64</v>
       </c>
       <c r="F24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H24" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I24" s="6" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I24"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>