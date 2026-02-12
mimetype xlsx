--- v0 (2025-10-26)
+++ v1 (2026-02-12)
@@ -2423,51 +2423,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>24</v>
+        <v>20</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
@@ -2555,87 +2555,87 @@
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>109</v>
+        <v>91</v>
       </c>
       <c r="F8" s="8" t="n">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
         <v>40</v>
       </c>
       <c r="F9" s="8" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>