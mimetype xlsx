--- v0 (2025-11-05)
+++ v1 (2025-12-21)
@@ -373,59 +373,67 @@
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>вул. Шевченка, 50</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
-      <c r="B17" s="3"/>
+      <c r="B17" s="3" t="inlineStr">
+        <is>
+          <t>vfkkm.lutsk@gmail.com</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
-      <c r="B18" s="3"/>
+      <c r="B18" s="3" t="inlineStr">
+        <is>
+          <t>https://www.vfkkim.com.ua/</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Войтович Тарас Володимирович</t>
         </is>
       </c>
     </row>
@@ -2930,612 +2938,642 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="8" t="n">
         <v>86119</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація. Розпис.</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>КО 006680</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="8" t="n">
         <v>86120</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація. Цифрові технології.</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>КО 006685</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="8" t="n">
         <v>86121</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація. Лозоплетіння.</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>КО 006674</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="8" t="n">
         <v>86123</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація. Різьблення.</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I39" s="9"/>
+          <t>КО 006679</t>
+        </is>
+      </c>
+      <c r="I39" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B40" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D40" s="3"/>
       <c r="E40" s="8" t="n">
         <v>86124</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація. Кераміка</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I40" s="9"/>
+          <t>КО 006673</t>
+        </is>
+      </c>
+      <c r="I40" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J40" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K40" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B41" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="8" t="n">
         <v>86108</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Теорія музики.</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I41" s="9"/>
+          <t>КО 006682</t>
+        </is>
+      </c>
+      <c r="I41" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J41" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K41" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B42" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="8" t="n">
         <v>86109</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Народні інструменти.</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I42" s="9"/>
+          <t>КО 006676</t>
+        </is>
+      </c>
+      <c r="I42" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J42" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K42" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B43" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="8" t="n">
         <v>86110</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Хорове диригування.</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I43" s="9"/>
+          <t>КО 006684</t>
+        </is>
+      </c>
+      <c r="I43" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J43" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K43" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B44" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="8" t="n">
         <v>86111</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Спів.</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I44" s="9"/>
+          <t>КО 006681</t>
+        </is>
+      </c>
+      <c r="I44" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J44" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K44" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B45" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="8" t="n">
         <v>86112</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Оркестрові духові та ударні інструменти.</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I45" s="9"/>
+          <t>КО 006677</t>
+        </is>
+      </c>
+      <c r="I45" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J45" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K45" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B46" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="8" t="n">
         <v>86113</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Оркестрові струнні інструменти</t>
         </is>
       </c>
       <c r="G46" s="3"/>
       <c r="H46" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I46" s="9"/>
+          <t>КО 006678</t>
+        </is>
+      </c>
+      <c r="I46" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J46" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K46" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B47" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="8" t="n">
         <v>86114</v>
       </c>
       <c r="F47" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво. Фортепіано.</t>
         </is>
       </c>
       <c r="G47" s="3"/>
       <c r="H47" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I47" s="9"/>
+          <t>КО 006683</t>
+        </is>
+      </c>
+      <c r="I47" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J47" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K47" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B48" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D48" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E48" s="8" t="n">
         <v>87704</v>
       </c>
       <c r="F48" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво. Видовищно-театралізовані заходи.</t>
         </is>
       </c>
       <c r="G48" s="3"/>
       <c r="H48" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I48" s="9"/>
+          <t>КО 006672</t>
+        </is>
+      </c>
+      <c r="I48" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J48" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K48" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B49" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C49" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D49" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво</t>
         </is>
       </c>
       <c r="E49" s="8" t="n">
         <v>87705</v>
       </c>
       <c r="F49" s="3" t="inlineStr">
         <is>
           <t>Сценічне мистецтво. Акторське мистецтво.</t>
         </is>
       </c>
       <c r="G49" s="3"/>
       <c r="H49" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I49" s="9"/>
+          <t>КО 006671</t>
+        </is>
+      </c>
+      <c r="I49" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J49" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K49" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B50" s="7" t="inlineStr">
         <is>
           <t>B6</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Перформативні мистецтва</t>
         </is>
       </c>
       <c r="D50" s="3" t="inlineStr">
         <is>
           <t>Хореографічне мистецтво</t>
         </is>
       </c>
       <c r="E50" s="8" t="n">
         <v>87706</v>
       </c>
       <c r="F50" s="3" t="inlineStr">
         <is>
           <t>Хореографія. Народна хореографія.</t>
         </is>
       </c>
       <c r="G50" s="3"/>
       <c r="H50" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I50" s="9"/>
+          <t>КО 006675</t>
+        </is>
+      </c>
+      <c r="I50" s="9" t="n">
+        <v>47665</v>
+      </c>
       <c r="J50" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K50" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K50"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I10"/>
@@ -3840,51 +3878,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>