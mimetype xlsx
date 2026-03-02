--- v1 (2025-12-21)
+++ v2 (2026-03-02)
@@ -3672,51 +3672,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>22</v>
+        <v>20</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>B5</t>
         </is>
       </c>
@@ -3812,117 +3812,117 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C8" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
         </is>
       </c>
       <c r="D8" s="3"/>
       <c r="E8" s="8" t="n">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="F8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>025</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Музичне мистецтво</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>026</t>
         </is>
       </c>