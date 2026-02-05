--- v0 (2025-10-22)
+++ v1 (2026-02-05)
@@ -1088,150 +1088,150 @@
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>99</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>393</v>
+        <v>390</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>56</v>
+        <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">