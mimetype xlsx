--- v1 (2026-02-05)
+++ v2 (2026-03-22)
@@ -371,51 +371,51 @@
         <is>
           <t>м. Полтава</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
           <t>просп. Грицаєнка Віталія, 14</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>факс (0532) 56 01 48</t>
+          <t>+38(089)-957-77-02</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>poltava_inst@nlu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>pli.nlu.edu.ua</t>
         </is>
@@ -590,168 +590,168 @@
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F2" s="8" t="n">
         <v>375</v>
       </c>
       <c r="G2" s="7" t="inlineStr">
         <is>
           <t>УД 21020623</t>
         </is>
       </c>
       <c r="H2" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F3" s="8" t="n">
         <v>375</v>
       </c>
       <c r="G3" s="7" t="inlineStr">
         <is>
           <t>УД 21006013</t>
         </is>
       </c>
       <c r="H3" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F4" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G4" s="7" t="inlineStr">
         <is>
           <t> 16879</t>
         </is>
       </c>
       <c r="H4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 20.05.2025 № 62-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="F5" s="8" t="n">
         <v>100</v>
       </c>
       <c r="G5" s="7" t="inlineStr">
         <is>
           <t> 1147</t>
         </is>
       </c>
       <c r="H5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="I5" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 19.03.2021 № 33-л</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K5"/>
@@ -929,96 +929,96 @@
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>14513</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G4" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H4" s="7" t="inlineStr">
         <is>
           <t>- 1147</t>
         </is>
       </c>
       <c r="I4" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J4" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K4" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>77947</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="G5" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H5" s="7" t="inlineStr">
         <is>
           <t>- 16879</t>
         </is>
       </c>
       <c r="I5" s="9" t="n">
-        <v>46204</v>
+        <v>46387</v>
       </c>
       <c r="J5" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K5" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
@@ -1085,153 +1085,153 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="F2" s="8" t="n">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="G2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
         <v>390</v>
       </c>
       <c r="F3" s="8" t="n">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
         <v>23</v>
       </c>
       <c r="F4" s="8" t="n">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
         <v>2</v>
       </c>
       <c r="F5" s="8" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I5"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">