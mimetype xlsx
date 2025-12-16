--- v0 (2025-10-19)
+++ v1 (2025-12-16)
@@ -10,59 +10,59 @@
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="2" state="visible" r:id="rId3"/>
-    <sheet name="Ліцензії ФПВО" sheetId="3" state="visible" r:id="rId4"/>
+    <sheet name="Ліцензії ФПО" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ПТО" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Освітні програми" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Здобувачі ВО" sheetId="6" state="visible" r:id="rId7"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$17</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПВО'!$A$1:$J$17</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ФПО'!$A$1:$J$17</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПТО'!$A$1:$D$11</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$24</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$15</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
@@ -537,51 +537,51 @@
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="7" t="inlineStr">
         <is>
           <t>6.030509</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>облік і аудит</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="F2" s="8" t="n">
         <v>0</v>
@@ -1359,51 +1359,51 @@
       </c>
       <c r="F1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="6" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="H1" s="6" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="I1" s="6" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="J1" s="6" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Фахова передвища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підготовка здобувачів фахової передвищої освіти</t>
         </is>
       </c>
       <c r="C2" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="E2" s="3"/>
@@ -3497,51 +3497,51 @@
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>