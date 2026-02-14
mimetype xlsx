--- v1 (2025-12-16)
+++ v2 (2026-02-14)
@@ -3431,51 +3431,51 @@
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="8" t="n">
-        <v>28</v>
+        <v>26</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -3596,51 +3596,51 @@
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C10" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D10" s="3"/>
       <c r="E10" s="8" t="n">
-        <v>68</v>
+        <v>63</v>
       </c>
       <c r="F10" s="8" t="n">
         <v>26</v>
       </c>
       <c r="G10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -3662,150 +3662,150 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>125</v>
+        <v>118</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>49</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I15"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>