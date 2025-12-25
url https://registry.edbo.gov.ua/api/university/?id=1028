--- v0 (2025-10-30)
+++ v1 (2025-12-25)
@@ -311,111 +311,111 @@
         <is>
           <t>Державна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="2" t="inlineStr">
         <is>
           <t>Найменування органу, до сфери управління якого належить заклад освіти</t>
         </is>
       </c>
       <c r="B10" s="3" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="2" t="inlineStr">
         <is>
           <t>Поштовий індекс (місцезнаходження)</t>
         </is>
       </c>
       <c r="B11" s="3" t="inlineStr">
         <is>
-          <t>49000</t>
+          <t>20700</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="2" t="inlineStr">
         <is>
           <t>Код КАТОТТГ (місцезнаходження)</t>
         </is>
       </c>
       <c r="B12" s="3" t="inlineStr">
         <is>
-          <t>UA12020010010037010</t>
+          <t>UA71080390010069946</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="2" t="inlineStr">
         <is>
           <t>Регіон (місцезнаходження)</t>
         </is>
       </c>
       <c r="B13" s="3" t="inlineStr">
         <is>
-          <t>Дніпропетровська обл.</t>
+          <t>Черкаська обл.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="2" t="inlineStr">
         <is>
           <t>Населений пункт (місцезнаходження)</t>
         </is>
       </c>
       <c r="B14" s="3" t="inlineStr">
         <is>
-          <t>м. Дніпро</t>
+          <t>м. Сміла</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="2" t="inlineStr">
         <is>
           <t>Адреса (місцезнаходження)</t>
         </is>
       </c>
       <c r="B15" s="3" t="inlineStr">
         <is>
-          <t>просп. Науки, 72</t>
+          <t>вул. Незалежності, 70</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="2" t="inlineStr">
         <is>
           <t>Телефон / факс</t>
         </is>
       </c>
       <c r="B16" s="3" t="inlineStr">
         <is>
-          <t>095-824-51-35</t>
+          <t>+38(095)-824-51-35</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>shmt_snu@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://deps.snu.edu.ua/uk/spfk/</t>
         </is>
@@ -4562,84 +4562,84 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>3</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>141</t>
         </is>
       </c>