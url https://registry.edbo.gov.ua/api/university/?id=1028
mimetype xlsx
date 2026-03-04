--- v1 (2025-12-25)
+++ v2 (2026-03-04)
@@ -395,51 +395,51 @@
         <is>
           <t>+38(095)-824-51-35</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="2" t="inlineStr">
         <is>
           <t>Електронна пошта</t>
         </is>
       </c>
       <c r="B17" s="3" t="inlineStr">
         <is>
           <t>shmt_snu@i.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
-          <t>https://deps.snu.edu.ua/uk/spfk/</t>
+          <t>https://www.spfk.org/</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Жученко Євген Володимирович</t>
         </is>
@@ -3026,51 +3026,51 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
         <v>45030</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="7" t="inlineStr">
         <is>
-          <t>ДС 002376</t>
+          <t>ДС 006839</t>
         </is>
       </c>
       <c r="I12" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J12" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K12" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
@@ -3147,92 +3147,92 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
         <v>62462</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="7" t="inlineStr">
         <is>
-          <t>ДС 003973</t>
+          <t>ДС 006840</t>
         </is>
       </c>
       <c r="I15" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J15" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K15" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D16" s="3"/>
       <c r="E16" s="8" t="n">
         <v>45035</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="7" t="inlineStr">
         <is>
-          <t>ДС 002375</t>
+          <t>ДС 006841</t>
         </is>
       </c>
       <c r="I16" s="9" t="n">
         <v>46569</v>
       </c>
       <c r="J16" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K16" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B17" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
@@ -3596,51 +3596,51 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B26" s="7" t="inlineStr">
         <is>
           <t>172</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Електронні комунікації та радіотехніка</t>
         </is>
       </c>
       <c r="D26" s="3"/>
       <c r="E26" s="8" t="n">
         <v>62461</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="7" t="inlineStr">
         <is>
-          <t>ДС 003972</t>
+          <t>ДС 006842</t>
         </is>
       </c>
       <c r="I26" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J26" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K26" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B27" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
@@ -3719,450 +3719,470 @@
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B29" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D29" s="3"/>
       <c r="E29" s="8" t="n">
         <v>45045</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="7" t="inlineStr">
         <is>
-          <t>ДС 002383</t>
+          <t>ДС 006843</t>
         </is>
       </c>
       <c r="I29" s="9" t="n">
         <v>46935</v>
       </c>
       <c r="J29" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K29" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B30" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D30" s="3"/>
       <c r="E30" s="8" t="n">
         <v>75733</v>
       </c>
       <c r="F30" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="G30" s="3"/>
       <c r="H30" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I30" s="9"/>
+          <t>ДС 006839</t>
+        </is>
+      </c>
+      <c r="I30" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J30" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K30" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B31" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="8" t="n">
         <v>75747</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I31" s="9"/>
+          <t>ДС 006840</t>
+        </is>
+      </c>
+      <c r="I31" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J31" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K31" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B32" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="8" t="n">
         <v>75751</v>
       </c>
       <c r="F32" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="G32" s="3"/>
       <c r="H32" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I32" s="9"/>
+          <t>ДС 006841</t>
+        </is>
+      </c>
+      <c r="I32" s="9" t="n">
+        <v>46569</v>
+      </c>
       <c r="J32" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K32" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B33" s="7" t="inlineStr">
         <is>
           <t>G1</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="D33" s="3"/>
       <c r="E33" s="8" t="n">
         <v>75836</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Хімічні технології та інженерія</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I33" s="9"/>
+          <t>ДС 002381</t>
+        </is>
+      </c>
+      <c r="I33" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J33" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K33" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B34" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E34" s="8" t="n">
         <v>75820</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Галузеве машинобудування</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I34" s="9"/>
+          <t>ДС 002384</t>
+        </is>
+      </c>
+      <c r="I34" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J34" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K34" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B35" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Електрична інженерія</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="8" t="n">
         <v>75826</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Електроенергетика, електротехніка та електромеханіка</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I35" s="9"/>
+          <t>ДС 002378</t>
+        </is>
+      </c>
+      <c r="I35" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J35" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K35" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B36" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="8" t="n">
         <v>75837</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Електроніка</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I36" s="9"/>
+          <t>ДС 002380</t>
+        </is>
+      </c>
+      <c r="I36" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J36" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K36" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B37" s="7" t="inlineStr">
         <is>
           <t>G5</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Електроніка, електронні комунікації, приладобудування та радіотехніка</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="8" t="n">
         <v>75839</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Телекомунікації та радіотехніка</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I37" s="9"/>
+          <t>ДС 006842</t>
+        </is>
+      </c>
+      <c r="I37" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J37" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K37" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B38" s="7" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="8" t="n">
         <v>75867</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп'ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I38" s="9"/>
+          <t>ДС 003971</t>
+        </is>
+      </c>
+      <c r="I38" s="9" t="n">
+        <v>46204</v>
+      </c>
       <c r="J38" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K38" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B39" s="7" t="inlineStr">
         <is>
           <t>J8</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="8" t="n">
         <v>75872</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="7" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I39" s="9"/>
+          <t>ДС 006843</t>
+        </is>
+      </c>
+      <c r="I39" s="9" t="n">
+        <v>46935</v>
+      </c>
       <c r="J39" s="7" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K39" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K39"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:I21"/>
@@ -4331,51 +4351,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>G11</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Машинобудування</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Технологічні машини та обладнання</t>
         </is>
       </c>
       <c r="E5" s="8" t="n">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="F5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>G3</t>
         </is>
       </c>
@@ -4562,51 +4582,51 @@
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D12" s="3"/>
       <c r="E12" s="8" t="n">
-        <v>75</v>
+        <v>69</v>
       </c>
       <c r="F12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>133</t>
         </is>
       </c>
@@ -4661,51 +4681,51 @@
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B15" s="7" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D15" s="3"/>
       <c r="E15" s="8" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B16" s="7" t="inlineStr">
         <is>
           <t>161</t>
         </is>
       </c>
@@ -4826,84 +4846,84 @@
       <c r="H19" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I19" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B20" s="7" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Автоматизація, комп’ютерно-інтегровані технології та робототехніка</t>
         </is>
       </c>
       <c r="D20" s="3"/>
       <c r="E20" s="8" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B21" s="7" t="inlineStr">
         <is>
           <t>274</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Автомобільний транспорт</t>
         </is>
       </c>
       <c r="D21" s="3"/>
       <c r="E21" s="8" t="n">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="F21" s="8" t="n">
         <v>1</v>
       </c>
       <c r="G21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>