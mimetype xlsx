--- v0 (2025-10-23)
+++ v1 (2026-01-21)
@@ -419,51 +419,51 @@
         <is>
           <t>http://nasoa.edu.ua.</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
-          <t>Шмельов Юрій Миколайович</t>
+          <t>Свирида Олена Андріївна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
@@ -2619,51 +2619,51 @@
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="8" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H4" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I4" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B5" s="7" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -2850,51 +2850,51 @@
       <c r="H10" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I10" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B11" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D11" s="3"/>
       <c r="E11" s="8" t="n">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="F11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H11" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I11" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B12" s="7" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -2916,84 +2916,84 @@
       <c r="H12" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I12" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B13" s="7" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D13" s="3"/>
       <c r="E13" s="8" t="n">
-        <v>17</v>
+        <v>3</v>
       </c>
       <c r="F13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>