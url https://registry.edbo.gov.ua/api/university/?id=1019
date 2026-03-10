--- v1 (2026-01-21)
+++ v2 (2026-03-10)
@@ -2586,51 +2586,51 @@
       <c r="H2" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B3" s="7" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="8" t="n">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="F3" s="8" t="n">
         <v>2</v>
       </c>
       <c r="G3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I3" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B4" s="7" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
@@ -2685,84 +2685,84 @@
       <c r="H5" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B6" s="7" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="8" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H6" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I6" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B7" s="7" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="8" t="n">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="F7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H7" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I7" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="8">
       <c r="A8" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B8" s="7" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
@@ -2784,51 +2784,51 @@
       <c r="H8" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I8" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B9" s="7" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C9" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D9" s="3"/>
       <c r="E9" s="8" t="n">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="F9" s="8" t="n">
         <v>13</v>
       </c>
       <c r="G9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H9" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I9" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B10" s="7" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
@@ -2949,51 +2949,51 @@
       <c r="H13" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I13" s="8" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Фаховий молодший бакалавр</t>
         </is>
       </c>
       <c r="B14" s="7" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D14" s="3"/>
       <c r="E14" s="8" t="n">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="F14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="G14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="H14" s="8" t="n">
         <v>0</v>
       </c>
       <c r="I14" s="8" t="n">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:I14"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>