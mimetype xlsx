--- v0 (2025-10-13)
+++ v1 (2025-11-28)
@@ -25,51 +25,51 @@
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$44</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$5</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$367</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$225</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
@@ -626,51 +626,51 @@
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="45"/>
     <col collapsed="false" hidden="false" max="1024" min="4" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти/ Освітній ступінь</t>
         </is>
       </c>
       <c r="B1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="C1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>початковий рівень (короткий цикл)</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>8</v>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.02.2021 № 17-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>перший (бакалаврський) рівень</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
@@ -771,51 +771,51 @@
         </is>
       </c>
       <c r="E1" s="4" t="inlineStr">
         <is>
           <t>Освітня програма</t>
         </is>
       </c>
       <c r="F1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
@@ -954,55 +954,55 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D6" s="3"/>
       <c r="E6" s="3" t="inlineStr">
         <is>
           <t>Приватне право та інтелектуальна власність</t>
         </is>
       </c>
       <c r="F6" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G6" s="8" t="inlineStr">
         <is>
-          <t>УД 24008414</t>
+          <t> 18979</t>
         </is>
       </c>
       <c r="H6" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="I6" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 11.02.2021 № 17-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B7" s="8" t="inlineStr">
         <is>
           <t>222</t>
         </is>
       </c>
       <c r="C7" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D7" s="3"/>
       <c r="E7" s="3" t="inlineStr">
@@ -1143,51 +1143,51 @@
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (заочна)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (вечірня)</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="L1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>056</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>20</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>0</v>
@@ -3104,51 +3104,51 @@
       </c>
       <c r="K44" s="9"/>
       <c r="L44" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 04.07.2016 № 771</t>
         </is>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:L44"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:K5"/>
+  <dimension ref="A1:K3"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="1024" min="12" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Рівень освіти</t>
@@ -3181,51 +3181,51 @@
       </c>
       <c r="G1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на рік)</t>
         </is>
       </c>
       <c r="H1" s="4" t="inlineStr">
         <is>
           <t>Обсяг
 (на строк навчання)</t>
         </is>
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Сертифікат про акредитацію</t>
         </is>
       </c>
       <c r="J1" s="4" t="inlineStr">
         <is>
           <t>Дата закінчення дії</t>
         </is>
       </c>
       <c r="K1" s="4" t="inlineStr">
         <is>
-          <t>Рішення про ліцензування</t>
+          <t>Рішення про видачу ліцензії</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>вища освіта</t>
         </is>
       </c>
       <c r="B2" s="3" t="inlineStr">
         <is>
           <t>підвищення кваліфікації</t>
         </is>
       </c>
       <c r="C2" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="D2" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="E2" s="3" t="inlineStr">
@@ -3271,138 +3271,52 @@
       <c r="D3" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="E3" s="3"/>
       <c r="F3" s="3"/>
       <c r="G3" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H3" s="6" t="n">
         <v>30</v>
       </c>
       <c r="I3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="J3" s="9"/>
       <c r="K3" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 27.06.2025 № 107-л</t>
         </is>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
-[...84 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:K5"/>
+  <autoFilter ref="A1:K3"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
   <dimension ref="A1:K367"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
@@ -14155,100 +14069,100 @@
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C248" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D248" s="3"/>
       <c r="E248" s="6" t="n">
         <v>20108</v>
       </c>
       <c r="F248" s="3" t="inlineStr">
         <is>
           <t>Приватне право та інтелектуальна власність</t>
         </is>
       </c>
       <c r="G248" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H248" s="8" t="inlineStr">
         <is>
-          <t>УД 24008414</t>
+          <t>- 18979</t>
         </is>
       </c>
       <c r="I248" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J248" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K248" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="249">
       <c r="A249" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B249" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C249" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D249" s="3"/>
       <c r="E249" s="6" t="n">
         <v>20109</v>
       </c>
       <c r="F249" s="3" t="inlineStr">
         <is>
           <t>Публічне право</t>
         </is>
       </c>
       <c r="G249" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H249" s="8" t="inlineStr">
         <is>
-          <t>- 329</t>
+          <t>- 18978</t>
         </is>
       </c>
       <c r="I249" s="9" t="n">
-        <v>46204</v>
+        <v>48030</v>
       </c>
       <c r="J249" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K249" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="250">
       <c r="A250" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B250" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C250" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="D250" s="3"/>
@@ -20636,51 +20550,51 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
@@ -20768,54 +20682,54 @@
       <c r="H34" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -21164,51 +21078,51 @@
       <c r="H46" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I46" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B47" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C47" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D47" s="3"/>
       <c r="E47" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
@@ -21296,51 +21210,51 @@
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
       <c r="C51" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="D51" s="3"/>
       <c r="E51" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F51" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H51" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I51" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B52" s="8" t="inlineStr">
         <is>
           <t>J2</t>
         </is>
       </c>
@@ -21398,81 +21312,81 @@
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>78</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>42</v>
+        <v>44</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D55" s="3"/>
       <c r="E55" s="6" t="n">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="F55" s="6" t="n">
         <v>26</v>
       </c>
       <c r="G55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H55" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I55" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21502,51 +21416,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21650,88 +21564,88 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F61" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F62" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H62" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I62" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21798,51 +21712,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C65" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D65" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E65" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H65" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I65" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B66" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21872,51 +21786,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21946,91 +21860,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="F69" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -22127,54 +22041,54 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>156</v>
+        <v>151</v>
       </c>
       <c r="F74" s="6" t="n">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
@@ -22226,51 +22140,51 @@
       <c r="H76" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I76" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B77" s="8" t="inlineStr">
         <is>
           <t>028</t>
         </is>
       </c>
       <c r="C77" s="3" t="inlineStr">
         <is>
           <t>Менеджмент соціокультурної діяльності</t>
         </is>
       </c>
       <c r="D77" s="3"/>
       <c r="E77" s="6" t="n">
-        <v>51</v>
+        <v>50</v>
       </c>
       <c r="F77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
@@ -22292,51 +22206,51 @@
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D79" s="3"/>
       <c r="E79" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="F79" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H79" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I79" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B80" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22440,51 +22354,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22547,51 +22461,51 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="F86" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
@@ -22616,117 +22530,117 @@
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>391</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D89" s="3"/>
       <c r="E89" s="6" t="n">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F89" s="6" t="n">
         <v>14</v>
       </c>
       <c r="G89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H89" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I89" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B90" s="8" t="inlineStr">
         <is>
           <t>071</t>
         </is>
       </c>
       <c r="C90" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
         </is>
       </c>
       <c r="D90" s="3"/>
       <c r="E90" s="6" t="n">
         <v>25</v>
       </c>
       <c r="F90" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="G90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H90" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I90" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B91" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C91" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа та страхування</t>
@@ -22844,51 +22758,51 @@
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>36</v>
+        <v>32</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -23075,51 +22989,51 @@
       <c r="H101" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I101" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="F102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H102" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I102" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
@@ -23141,51 +23055,51 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
@@ -23207,150 +23121,150 @@
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="F107" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
         <v>29</v>
       </c>
       <c r="F108" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
@@ -23372,51 +23286,51 @@
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -23471,87 +23385,87 @@
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
-        <v>40</v>
+        <v>37</v>
       </c>
       <c r="F114" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>61</v>
+        <v>60</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -23636,84 +23550,84 @@
       <c r="H118" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I118" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="119">
       <c r="A119" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B119" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C119" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D119" s="3"/>
       <c r="E119" s="6" t="n">
-        <v>63</v>
+        <v>62</v>
       </c>
       <c r="F119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
@@ -23886,51 +23800,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C126" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D126" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E126" s="6" t="n">
         <v>14</v>
       </c>
       <c r="F126" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H126" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I126" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="127">
       <c r="A127" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B127" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C127" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -24417,51 +24331,51 @@
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>60</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -24480,51 +24394,51 @@
       <c r="H142" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I142" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="143">
       <c r="A143" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B143" s="8" t="inlineStr">
         <is>
           <t>D2</t>
         </is>
       </c>
       <c r="C143" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D143" s="3"/>
       <c r="E143" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F143" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H143" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I143" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="144">
       <c r="A144" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B144" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
@@ -24549,51 +24463,51 @@
       <c r="I144" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="145">
       <c r="A145" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B145" s="8" t="inlineStr">
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C145" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D145" s="3"/>
       <c r="E145" s="6" t="n">
         <v>12</v>
       </c>
       <c r="F145" s="6" t="n">
-        <v>26</v>
+        <v>23</v>
       </c>
       <c r="G145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H145" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I145" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="146">
       <c r="A146" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B146" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C146" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -25041,51 +24955,51 @@
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="F160" s="6" t="n">
         <v>21</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
@@ -25477,51 +25391,51 @@
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F172" s="6" t="n">
         <v>18</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -25720,84 +25634,84 @@
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="F179" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="F180" s="6" t="n">
         <v>156</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -25852,51 +25766,51 @@
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>58</v>
+        <v>57</v>
       </c>
       <c r="F183" s="6" t="n">
         <v>22</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
@@ -25918,117 +25832,117 @@
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>20</v>
+        <v>17</v>
       </c>
       <c r="F185" s="6" t="n">
         <v>5</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>39</v>
+        <v>37</v>
       </c>
       <c r="F186" s="6" t="n">
         <v>12</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F187" s="6" t="n">
         <v>11</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
@@ -26050,51 +25964,51 @@
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
           <t>102</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
@@ -26149,51 +26063,51 @@
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="F192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
@@ -26413,51 +26327,51 @@
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
           <t>281</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="F200" s="6" t="n">
         <v>33</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
@@ -26479,51 +26393,51 @@
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
           <t>A1</t>
         </is>
       </c>
@@ -26779,51 +26693,51 @@
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
           <t>011</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
           <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -26882,51 +26796,51 @@
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -26978,51 +26892,51 @@
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>54</v>
+        <v>53</v>
       </c>
       <c r="F217" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
@@ -27047,51 +26961,51 @@
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
       <c r="A219" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B219" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>28</v>
       </c>
       <c r="F219" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H219" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I219" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>