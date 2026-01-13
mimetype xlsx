--- v1 (2025-11-28)
+++ v2 (2026-01-13)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$367</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$225</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$218</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -416,51 +416,51 @@
         <is>
           <t>cic@cdu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="2" t="inlineStr">
         <is>
           <t>Веб-сайт</t>
         </is>
       </c>
       <c r="B18" s="3" t="inlineStr">
         <is>
           <t>https://cdu.edu.ua</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="2" t="inlineStr">
         <is>
           <t>Посада керівника</t>
         </is>
       </c>
       <c r="B19" s="3" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В. о. ректора</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="2" t="inlineStr">
         <is>
           <t>Прізвище, ім'я, по батькові керівника</t>
         </is>
       </c>
       <c r="B20" s="3" t="inlineStr">
         <is>
           <t>Черевко Олександр Володимирович</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="2" t="inlineStr">
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="B21" s="3"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:B21"/>
@@ -12752,54 +12752,56 @@
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C219" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D219" s="3"/>
       <c r="E219" s="6" t="n">
         <v>63208</v>
       </c>
       <c r="F219" s="3" t="inlineStr">
         <is>
           <t>Історія. Історична спадщина в публічному просторі</t>
         </is>
       </c>
       <c r="G219" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H219" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I219" s="9"/>
+          <t>- 19503</t>
+        </is>
+      </c>
+      <c r="I219" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J219" s="8" t="inlineStr">
         <is>
           <t>НД 2490063</t>
         </is>
       </c>
       <c r="K219" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="220">
       <c r="A220" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B220" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
@@ -19420,51 +19422,51 @@
       <c r="I367" s="9"/>
       <c r="J367" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K367" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K367"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I225"/>
+  <dimension ref="A1:I218"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -19615,51 +19617,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D5" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E5" s="6" t="n">
         <v>23</v>
       </c>
       <c r="F5" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H5" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I5" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B6" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C6" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -20019,84 +20021,84 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Ортопедагогіка</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="F16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -20414,51 +20416,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="F27" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H27" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I27" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
@@ -20586,51 +20588,51 @@
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
         <v>38</v>
       </c>
       <c r="F32" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
       <c r="C33" s="3" t="inlineStr">
         <is>
           <t>Облік і оподаткування</t>
@@ -20979,51 +20981,51 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
@@ -21111,51 +21113,51 @@
       <c r="H47" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I47" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B48" s="8" t="inlineStr">
         <is>
           <t>F7</t>
         </is>
       </c>
       <c r="C48" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерна інженерія</t>
         </is>
       </c>
       <c r="D48" s="3"/>
       <c r="E48" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F48" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H48" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I48" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B49" s="8" t="inlineStr">
         <is>
           <t>G7</t>
         </is>
       </c>
@@ -21527,51 +21529,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="F60" s="6" t="n">
         <v>8</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -22041,51 +22043,51 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
@@ -22354,51 +22356,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22527,51 +22529,51 @@
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>391</v>
+        <v>388</v>
       </c>
       <c r="F88" s="6" t="n">
         <v>98</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
@@ -22725,51 +22727,51 @@
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -22824,54 +22826,54 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -23121,117 +23123,117 @@
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
         <v>68</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
@@ -23352,51 +23354,51 @@
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -24559,51 +24561,51 @@
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -25062,2161 +25064,1918 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D163" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E163" s="6" t="n">
-        <v>20</v>
+        <v>18</v>
       </c>
       <c r="F163" s="6" t="n">
-        <v>10</v>
+        <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D164" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E164" s="6" t="n">
         <v>9</v>
       </c>
       <c r="F164" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D165" s="3" t="inlineStr">
         <is>
-          <t>Історія та громадянська освіта</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="E165" s="6" t="n">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F165" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D166" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E166" s="6" t="n">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="F166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D167" s="3" t="inlineStr">
         <is>
-          <t>Біологія та здоров’я людини</t>
+          <t>Фізична культура</t>
         </is>
       </c>
       <c r="E167" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D168" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E168" s="6" t="n">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="F168" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізична культура і спорт</t>
+        </is>
+      </c>
+      <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>7</v>
+        <v>35</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>0</v>
+        <v>18</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>023</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+        </is>
+      </c>
+      <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D171" s="3" t="inlineStr">
         <is>
-          <t>Мистецтво. Образотворче мистецтво</t>
+          <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E171" s="6" t="n">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
-[...2 lines deleted...]
-      <c r="D172" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D172" s="3" t="inlineStr">
+        <is>
+          <t>германські мови та літератури (переклад включно), перша - німецька</t>
+        </is>
+      </c>
       <c r="E172" s="6" t="n">
-        <v>35</v>
+        <v>1</v>
       </c>
       <c r="F172" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
-[...2 lines deleted...]
-      <c r="D173" s="3"/>
+          <t>Філологія</t>
+        </is>
+      </c>
+      <c r="D173" s="3" t="inlineStr">
+        <is>
+          <t>прикладна лінгвістика</t>
+        </is>
+      </c>
       <c r="E173" s="6" t="n">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>7</v>
+        <v>13</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>3</v>
+        <v>59</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>0</v>
+        <v>157</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>061</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Журналістика</t>
+        </is>
+      </c>
+      <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>11</v>
+        <v>9</v>
       </c>
       <c r="F176" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>071</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Облік і оподаткування</t>
+        </is>
+      </c>
+      <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D178" s="3"/>
       <c r="E178" s="6" t="n">
-        <v>1</v>
+        <v>57</v>
       </c>
       <c r="F178" s="6" t="n">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Маркетинг</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="F179" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>076</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>64</v>
+        <v>17</v>
       </c>
       <c r="F180" s="6" t="n">
-        <v>156</v>
+        <v>5</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>081</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Право</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>9</v>
+        <v>37</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>102</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Хімія</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>57</v>
+        <v>2</v>
       </c>
       <c r="F183" s="6" t="n">
-        <v>22</v>
+        <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>111</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Математика</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="F185" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>37</v>
+        <v>2</v>
       </c>
       <c r="F186" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
-          <t>101</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Екологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>0</v>
+        <v>3</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>124</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="F189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
       <c r="A190" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B190" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>126</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="F190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H190" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I190" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>175</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Інформаційно-вимірювальні технології</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="F191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H191" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I191" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="192">
       <c r="A192" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B192" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C192" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D192" s="3"/>
       <c r="E192" s="6" t="n">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="F192" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H192" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I192" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="193">
       <c r="A193" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B193" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>242</t>
         </is>
       </c>
       <c r="C193" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Туризм і рекреація</t>
         </is>
       </c>
       <c r="D193" s="3"/>
       <c r="E193" s="6" t="n">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="F193" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="G193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H193" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I193" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="194">
       <c r="A194" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B194" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>281</t>
         </is>
       </c>
       <c r="C194" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D194" s="3"/>
       <c r="E194" s="6" t="n">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="F194" s="6" t="n">
-        <v>3</v>
+        <v>33</v>
       </c>
       <c r="G194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H194" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I194" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="195">
       <c r="A195" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B195" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>291</t>
         </is>
       </c>
       <c r="C195" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D195" s="3"/>
       <c r="E195" s="6" t="n">
         <v>1</v>
       </c>
       <c r="F195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H195" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I195" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="196">
       <c r="A196" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B196" s="8" t="inlineStr">
         <is>
-          <t>126</t>
+          <t>292</t>
         </is>
       </c>
       <c r="C196" s="3" t="inlineStr">
         <is>
-          <t>Інформаційні системи та технології</t>
+          <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D196" s="3"/>
       <c r="E196" s="6" t="n">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="F196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H196" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I196" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="197">
       <c r="A197" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B197" s="8" t="inlineStr">
         <is>
-          <t>175</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C197" s="3" t="inlineStr">
         <is>
-          <t>Інформаційно-вимірювальні технології</t>
+          <t>Освітні науки</t>
         </is>
       </c>
       <c r="D197" s="3"/>
       <c r="E197" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F197" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H197" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I197" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="198">
       <c r="A198" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B198" s="8" t="inlineStr">
         <is>
-          <t>231</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C198" s="3" t="inlineStr">
         <is>
-          <t>Соціальна робота</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D198" s="3"/>
       <c r="E198" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F198" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H198" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I198" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="199">
       <c r="A199" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B199" s="8" t="inlineStr">
         <is>
-          <t>242</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C199" s="3" t="inlineStr">
         <is>
-          <t>Туризм і рекреація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D199" s="3"/>
       <c r="E199" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F199" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H199" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I199" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="200">
       <c r="A200" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B200" s="8" t="inlineStr">
         <is>
-          <t>281</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C200" s="3" t="inlineStr">
         <is>
-          <t>Публічне управління та адміністрування</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D200" s="3"/>
       <c r="E200" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="F200" s="6" t="n">
-        <v>33</v>
+        <v>1</v>
       </c>
       <c r="G200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H200" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I200" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="201">
       <c r="A201" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B201" s="8" t="inlineStr">
         <is>
-          <t>291</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C201" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D201" s="3"/>
       <c r="E201" s="6" t="n">
-        <v>9</v>
+        <v>0</v>
       </c>
       <c r="F201" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="G201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H201" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I201" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="202">
       <c r="A202" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B202" s="8" t="inlineStr">
         <is>
-          <t>292</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C202" s="3" t="inlineStr">
         <is>
-          <t>Міжнародні економічні відносини</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D202" s="3"/>
       <c r="E202" s="6" t="n">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="F202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H202" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I202" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="203">
       <c r="A203" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B203" s="8" t="inlineStr">
         <is>
-          <t>A1</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C203" s="3" t="inlineStr">
         <is>
-          <t>Освітні науки</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D203" s="3"/>
       <c r="E203" s="6" t="n">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="F203" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H203" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I203" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="204">
       <c r="A204" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B204" s="8" t="inlineStr">
         <is>
-          <t>B9</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C204" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D204" s="3"/>
       <c r="E204" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H204" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I204" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="205">
       <c r="A205" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B205" s="8" t="inlineStr">
         <is>
-          <t>C1</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C205" s="3" t="inlineStr">
         <is>
-          <t>Економіка та міжнародні економічні відносини</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D205" s="3"/>
       <c r="E205" s="6" t="n">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="F205" s="6" t="n">
-        <v>0</v>
+        <v>2</v>
       </c>
       <c r="G205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H205" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I205" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="206">
       <c r="A206" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B206" s="8" t="inlineStr">
         <is>
-          <t>C4</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C206" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
-[...2 lines deleted...]
-      <c r="D206" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D206" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E206" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F206" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H206" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I206" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="207">
       <c r="A207" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B207" s="8" t="inlineStr">
         <is>
-          <t>D3</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C207" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D207" s="3"/>
       <c r="E207" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F207" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H207" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I207" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="208">
       <c r="A208" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B208" s="8" t="inlineStr">
         <is>
-          <t>E5</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C208" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D208" s="3"/>
       <c r="E208" s="6" t="n">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="F208" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H208" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I208" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="209">
       <c r="A209" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B209" s="8" t="inlineStr">
         <is>
-          <t>F1</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C209" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D209" s="3"/>
       <c r="E209" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H209" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I209" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="210">
       <c r="A210" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B210" s="8" t="inlineStr">
         <is>
-          <t>F2</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C210" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D210" s="3"/>
       <c r="E210" s="6" t="n">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="F210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H210" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I210" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="211">
       <c r="A211" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B211" s="8" t="inlineStr">
         <is>
-          <t>011</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C211" s="3" t="inlineStr">
         <is>
-          <t>Освітні, педагогічні науки</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D211" s="3"/>
       <c r="E211" s="6" t="n">
-        <v>26</v>
+        <v>53</v>
       </c>
       <c r="F211" s="6" t="n">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="G211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H211" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I211" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="212">
       <c r="A212" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B212" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C212" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D212" s="3"/>
       <c r="E212" s="6" t="n">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="F212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H212" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I212" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="213">
       <c r="A213" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B213" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C213" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D213" s="3"/>
       <c r="E213" s="6" t="n">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="F213" s="6" t="n">
-        <v>0</v>
+        <v>6</v>
       </c>
       <c r="G213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H213" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I213" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="214">
       <c r="A214" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B214" s="8" t="inlineStr">
         <is>
-          <t>032</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
-          <t>Історія та археологія</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
-        <v>26</v>
+        <v>8</v>
       </c>
       <c r="F214" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H214" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I214" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
-          <t>033</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
-          <t>Філософія</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D215" s="3"/>
       <c r="E215" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H215" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I215" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="216">
       <c r="A216" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B216" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C216" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D216" s="3"/>
       <c r="E216" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H216" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I216" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="217">
       <c r="A217" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B217" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C217" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D217" s="3"/>
       <c r="E217" s="6" t="n">
-        <v>53</v>
+        <v>4</v>
       </c>
       <c r="F217" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H217" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I217" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="218">
       <c r="A218" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B218" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C218" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D218" s="3"/>
       <c r="E218" s="6" t="n">
-        <v>6</v>
+        <v>12</v>
       </c>
       <c r="F218" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H218" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I218" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="219">
-[...229 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I225"/>
+  <autoFilter ref="A1:I218"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>