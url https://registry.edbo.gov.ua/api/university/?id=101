--- v2 (2026-01-13)
+++ v3 (2026-02-28)
@@ -27,51 +27,51 @@
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклад освіти" sheetId="1" state="visible" r:id="rId2"/>
     <sheet name="Факультети" sheetId="2" state="visible" r:id="rId3"/>
     <sheet name="Ліцензії ВО (рівні освіти)" sheetId="3" state="visible" r:id="rId4"/>
     <sheet name="Ліцензії ВО (освітні програми)" sheetId="4" state="visible" r:id="rId5"/>
     <sheet name="Ліцензії ВО (без прийому)" sheetId="5" state="visible" r:id="rId6"/>
     <sheet name="Ліцензії ПДО" sheetId="6" state="visible" r:id="rId7"/>
     <sheet name="Освітні програми" sheetId="7" state="visible" r:id="rId8"/>
     <sheet name="Здобувачі ВО" sheetId="8" state="visible" r:id="rId9"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклад освіти'!$A$1:$B$21</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Факультети'!$A$1:$A$16</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (рівні освіти)'!$A$1:$C$5</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (освітні програми)'!$A$1:$I$8</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ВО (без прийому)'!$A$1:$L$44</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Ліцензії ПДО'!$A$1:$K$3</definedName>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Освітні програми'!$A$1:$K$367</definedName>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$218</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Здобувачі ВО'!$A$1:$I$189</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -880,54 +880,56 @@
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="3" t="inlineStr">
         <is>
           <t>Публічне право</t>
         </is>
       </c>
       <c r="F4" s="6" t="n">
         <v>25</v>
       </c>
       <c r="G4" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="H4" s="9"/>
+          <t> 19892</t>
+        </is>
+      </c>
+      <c r="H4" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="I4" s="3" t="inlineStr">
         <is>
           <t>Наказ МОН від 02.05.2025 № 47-л</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="3" t="inlineStr">
         <is>
@@ -3405,133 +3407,133 @@
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
         <v>27121</v>
       </c>
       <c r="F2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна та початкова освіта</t>
         </is>
       </c>
       <c r="G2" s="3"/>
       <c r="H2" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I2" s="9"/>
       <c r="J2" s="8" t="inlineStr">
         <is>
           <t>НД 2490013</t>
         </is>
       </c>
       <c r="K2" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C3" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D3" s="3"/>
       <c r="E3" s="6" t="n">
         <v>27122</v>
       </c>
       <c r="F3" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта та іноземна мова (англійська)</t>
         </is>
       </c>
       <c r="G3" s="3"/>
       <c r="H3" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I3" s="9"/>
       <c r="J3" s="8" t="inlineStr">
         <is>
           <t>НД 2490013</t>
         </is>
       </c>
       <c r="K3" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B4" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C4" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D4" s="3"/>
       <c r="E4" s="6" t="n">
         <v>84637</v>
       </c>
       <c r="F4" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="G4" s="3"/>
       <c r="H4" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I4" s="9"/>
       <c r="J4" s="8" t="inlineStr">
         <is>
           <t>НД 2490013</t>
         </is>
       </c>
       <c r="K4" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B5" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C5" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D5" s="3"/>
       <c r="E5" s="6" t="n">
         <v>4709</v>
       </c>
       <c r="F5" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -3725,325 +3727,325 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D10" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E10" s="6" t="n">
         <v>40064</v>
       </c>
       <c r="F10" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська, німецька)</t>
         </is>
       </c>
       <c r="G10" s="3"/>
       <c r="H10" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I10" s="9"/>
       <c r="J10" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K10" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B11" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C11" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D11" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E11" s="6" t="n">
         <v>40066</v>
       </c>
       <c r="F11" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G11" s="3"/>
       <c r="H11" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I11" s="9"/>
       <c r="J11" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K11" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B12" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C12" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D12" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E12" s="6" t="n">
         <v>50634</v>
       </c>
       <c r="F12" s="3" t="inlineStr">
         <is>
           <t>Зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G12" s="3"/>
       <c r="H12" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I12" s="9"/>
       <c r="J12" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K12" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B13" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C13" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D13" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E13" s="6" t="n">
         <v>60817</v>
       </c>
       <c r="F13" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська, німецька)</t>
         </is>
       </c>
       <c r="G13" s="3"/>
       <c r="H13" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I13" s="9"/>
       <c r="J13" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K13" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B14" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C14" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D14" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E14" s="6" t="n">
         <v>60939</v>
       </c>
       <c r="F14" s="3" t="inlineStr">
         <is>
           <t>Зарубіжна література та англійська мова</t>
         </is>
       </c>
       <c r="G14" s="3"/>
       <c r="H14" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I14" s="9"/>
       <c r="J14" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K14" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>24264</v>
       </c>
       <c r="F15" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров'я людини</t>
         </is>
       </c>
       <c r="G15" s="3"/>
       <c r="H15" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I15" s="9"/>
       <c r="J15" s="8" t="inlineStr">
         <is>
           <t>УД 24009273</t>
         </is>
       </c>
       <c r="K15" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D16" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E16" s="6" t="n">
         <v>56739</v>
       </c>
       <c r="F16" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини, хімія</t>
         </is>
       </c>
       <c r="G16" s="3"/>
       <c r="H16" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I16" s="9"/>
       <c r="J16" s="8" t="inlineStr">
         <is>
           <t>УД 24009273</t>
         </is>
       </c>
       <c r="K16" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D17" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E17" s="6" t="n">
         <v>24261</v>
@@ -4224,96 +4226,96 @@
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>4904</v>
       </c>
       <c r="F21" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G21" s="3"/>
       <c r="H21" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I21" s="9"/>
       <c r="J21" s="8" t="inlineStr">
         <is>
           <t>НД 2490042</t>
         </is>
       </c>
       <c r="K21" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D22" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E22" s="6" t="n">
         <v>24254</v>
       </c>
       <c r="F22" s="3" t="inlineStr">
         <is>
           <t>Математика, інформатика</t>
         </is>
       </c>
       <c r="G22" s="3"/>
       <c r="H22" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I22" s="9"/>
       <c r="J22" s="8" t="inlineStr">
         <is>
           <t>НД 2490042</t>
         </is>
       </c>
       <c r="K22" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="23">
       <c r="A23" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B23" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C23" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D23" s="3" t="inlineStr">
         <is>
           <t>Мистецтво. Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E23" s="6" t="n">
         <v>64440</v>
@@ -4355,286 +4357,286 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D24" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="E24" s="6" t="n">
         <v>36386</v>
       </c>
       <c r="F24" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G24" s="3"/>
       <c r="H24" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I24" s="9"/>
       <c r="J24" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K24" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="25">
       <c r="A25" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B25" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C25" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D25" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="E25" s="6" t="n">
         <v>37209</v>
       </c>
       <c r="F25" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська, німецька)</t>
         </is>
       </c>
       <c r="G25" s="3"/>
       <c r="H25" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I25" s="9"/>
       <c r="J25" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K25" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="26">
       <c r="A26" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B26" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C26" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D26" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька)</t>
         </is>
       </c>
       <c r="E26" s="6" t="n">
         <v>37210</v>
       </c>
       <c r="F26" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька, англійська)</t>
         </is>
       </c>
       <c r="G26" s="3"/>
       <c r="H26" s="8" t="inlineStr">
         <is>
           <t>- 361</t>
         </is>
       </c>
       <c r="I26" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J26" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K26" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B27" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C27" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D27" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська)</t>
         </is>
       </c>
       <c r="E27" s="6" t="n">
         <v>37211</v>
       </c>
       <c r="F27" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська, англійська)</t>
         </is>
       </c>
       <c r="G27" s="3"/>
       <c r="H27" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I27" s="9"/>
       <c r="J27" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K27" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B28" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C28" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D28" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E28" s="6" t="n">
         <v>40068</v>
       </c>
       <c r="F28" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька, англійська)</t>
         </is>
       </c>
       <c r="G28" s="3"/>
       <c r="H28" s="8" t="inlineStr">
         <is>
           <t>- 361</t>
         </is>
       </c>
       <c r="I28" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J28" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K28" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B29" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C29" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D29" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E29" s="6" t="n">
         <v>61012</v>
       </c>
       <c r="F29" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька, англійська)</t>
         </is>
       </c>
       <c r="G29" s="3"/>
       <c r="H29" s="8" t="inlineStr">
         <is>
           <t>- 361</t>
         </is>
       </c>
       <c r="I29" s="9" t="n">
         <v>46204</v>
       </c>
       <c r="J29" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K29" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B30" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C30" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D30" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E30" s="6" t="n">
         <v>3712</v>
@@ -4676,55 +4678,55 @@
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D31" s="3" t="inlineStr">
         <is>
           <t>Російська мова і література</t>
         </is>
       </c>
       <c r="E31" s="6" t="n">
         <v>40062</v>
       </c>
       <c r="F31" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська, англійська)</t>
         </is>
       </c>
       <c r="G31" s="3"/>
       <c r="H31" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I31" s="9"/>
       <c r="J31" s="8" t="inlineStr">
         <is>
-          <t>УД 24003495</t>
+          <t>УД 24003494</t>
         </is>
       </c>
       <c r="K31" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D32" s="3" t="inlineStr">
         <is>
           <t>Технології</t>
         </is>
       </c>
       <c r="E32" s="6" t="n">
         <v>64445</v>
@@ -4768,571 +4770,571 @@
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E33" s="6" t="n">
         <v>4508</v>
       </c>
       <c r="F33" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G33" s="3"/>
       <c r="H33" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I33" s="9"/>
       <c r="J33" s="8" t="inlineStr">
         <is>
           <t>УД 24003493</t>
         </is>
       </c>
       <c r="K33" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B34" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C34" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D34" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E34" s="6" t="n">
         <v>27128</v>
       </c>
       <c r="F34" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література та англійська мова</t>
         </is>
       </c>
       <c r="G34" s="3"/>
       <c r="H34" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I34" s="9"/>
       <c r="J34" s="8" t="inlineStr">
         <is>
           <t>УД 24003493</t>
         </is>
       </c>
       <c r="K34" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D35" s="3" t="inlineStr">
         <is>
           <t>Фізика</t>
         </is>
       </c>
       <c r="E35" s="6" t="n">
         <v>24108</v>
       </c>
       <c r="F35" s="3" t="inlineStr">
         <is>
           <t>Фізика, інформатика</t>
         </is>
       </c>
       <c r="G35" s="3"/>
       <c r="H35" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I35" s="9"/>
       <c r="J35" s="8" t="inlineStr">
         <is>
           <t>НД 2490044</t>
         </is>
       </c>
       <c r="K35" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D36" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E36" s="6" t="n">
         <v>58621</v>
       </c>
       <c r="F36" s="3" t="inlineStr">
         <is>
           <t>Фізика, інформатика</t>
         </is>
       </c>
       <c r="G36" s="3"/>
       <c r="H36" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I36" s="9"/>
       <c r="J36" s="8" t="inlineStr">
         <is>
           <t>НД 2490044</t>
         </is>
       </c>
       <c r="K36" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D37" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E37" s="6" t="n">
         <v>6425</v>
       </c>
       <c r="F37" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="G37" s="3"/>
       <c r="H37" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I37" s="9"/>
       <c r="J37" s="8" t="inlineStr">
         <is>
           <t>НД 2490016</t>
         </is>
       </c>
       <c r="K37" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D38" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E38" s="6" t="n">
         <v>7912</v>
       </c>
       <c r="F38" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G38" s="3"/>
       <c r="H38" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I38" s="9"/>
       <c r="J38" s="8" t="inlineStr">
         <is>
           <t>НД 2490037</t>
         </is>
       </c>
       <c r="K38" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D39" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E39" s="6" t="n">
         <v>56723</v>
       </c>
       <c r="F39" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="G39" s="3"/>
       <c r="H39" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I39" s="9"/>
       <c r="J39" s="8" t="inlineStr">
         <is>
           <t>НД 2490053</t>
         </is>
       </c>
       <c r="K39" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C40" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D40" s="3" t="inlineStr">
         <is>
           <t>Ортопедагогіка</t>
         </is>
       </c>
       <c r="E40" s="6" t="n">
         <v>39916</v>
       </c>
       <c r="F40" s="3" t="inlineStr">
         <is>
           <t>Ортопедагогіка</t>
         </is>
       </c>
       <c r="G40" s="3"/>
       <c r="H40" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I40" s="9"/>
       <c r="J40" s="8" t="inlineStr">
         <is>
           <t>НД 2490053</t>
         </is>
       </c>
       <c r="K40" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B41" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C41" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D41" s="3"/>
       <c r="E41" s="6" t="n">
         <v>7173</v>
       </c>
       <c r="F41" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G41" s="3"/>
       <c r="H41" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I41" s="9"/>
       <c r="J41" s="8" t="inlineStr">
         <is>
           <t>НД 2490017</t>
         </is>
       </c>
       <c r="K41" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B42" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C42" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D42" s="3"/>
       <c r="E42" s="6" t="n">
         <v>63207</v>
       </c>
       <c r="F42" s="3" t="inlineStr">
         <is>
           <t>Фітнес та рекреація</t>
         </is>
       </c>
       <c r="G42" s="3"/>
       <c r="H42" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I42" s="9"/>
       <c r="J42" s="8" t="inlineStr">
         <is>
           <t>НД 2490017</t>
         </is>
       </c>
       <c r="K42" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B43" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C43" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D43" s="3"/>
       <c r="E43" s="6" t="n">
         <v>63944</v>
       </c>
       <c r="F43" s="3" t="inlineStr">
         <is>
           <t>Фізкультурно-спортивна реабілітація</t>
         </is>
       </c>
       <c r="G43" s="3"/>
       <c r="H43" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I43" s="9"/>
       <c r="J43" s="8" t="inlineStr">
         <is>
           <t>НД 2490017</t>
         </is>
       </c>
       <c r="K43" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
         <v>87883</v>
       </c>
       <c r="F44" s="3" t="inlineStr">
         <is>
           <t>Фітнес та активне дозвілля</t>
         </is>
       </c>
       <c r="G44" s="3"/>
       <c r="H44" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I44" s="9"/>
       <c r="J44" s="8" t="inlineStr">
         <is>
           <t>НД 2490017</t>
         </is>
       </c>
       <c r="K44" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
         <v>87884</v>
       </c>
       <c r="F45" s="3" t="inlineStr">
         <is>
           <t>Реабілітаційна фізична культура і спорт</t>
         </is>
       </c>
       <c r="G45" s="3"/>
       <c r="H45" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I45" s="9"/>
       <c r="J45" s="8" t="inlineStr">
         <is>
           <t>НД 2490017</t>
         </is>
       </c>
       <c r="K45" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C46" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D46" s="3"/>
       <c r="E46" s="6" t="n">
         <v>21497</v>
       </c>
       <c r="F46" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво</t>
@@ -5618,456 +5620,456 @@
         <is>
           <t>германські мови та літератури (переклад включно)</t>
         </is>
       </c>
       <c r="E53" s="6" t="n">
         <v>5119</v>
       </c>
       <c r="F53" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G53" s="3"/>
       <c r="H53" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I53" s="9"/>
       <c r="J53" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K53" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D54" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E54" s="6" t="n">
         <v>27117</v>
       </c>
       <c r="F54" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська, німецька)</t>
         </is>
       </c>
       <c r="G54" s="3"/>
       <c r="H54" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I54" s="9"/>
       <c r="J54" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K54" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D55" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E55" s="6" t="n">
         <v>27118</v>
       </c>
       <c r="F55" s="3" t="inlineStr">
         <is>
           <t>Мова і література (англійська)</t>
         </is>
       </c>
       <c r="G55" s="3"/>
       <c r="H55" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I55" s="9"/>
       <c r="J55" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K55" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>27120</v>
       </c>
       <c r="F56" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – англійська)</t>
         </is>
       </c>
       <c r="G56" s="3"/>
       <c r="H56" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I56" s="9"/>
       <c r="J56" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K56" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
         <v>27119</v>
       </c>
       <c r="F57" s="3" t="inlineStr">
         <is>
           <t>Мова і література (німецька, англійська)</t>
         </is>
       </c>
       <c r="G57" s="3"/>
       <c r="H57" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I57" s="9"/>
       <c r="J57" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K57" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C58" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D58" s="3" t="inlineStr">
         <is>
           <t>прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E58" s="6" t="n">
         <v>27129</v>
       </c>
       <c r="F58" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="G58" s="3"/>
       <c r="H58" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I58" s="9"/>
       <c r="J58" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K58" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - польська</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
         <v>55883</v>
       </c>
       <c r="F59" s="3" t="inlineStr">
         <is>
           <t>Польська мова. Переклад та міжкультурна комунікація</t>
         </is>
       </c>
       <c r="G59" s="3"/>
       <c r="H59" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I59" s="9"/>
       <c r="J59" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K59" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
         <v>27115</v>
       </c>
       <c r="F60" s="3" t="inlineStr">
         <is>
           <t>Мова і література (російська, англійська)</t>
         </is>
       </c>
       <c r="G60" s="3"/>
       <c r="H60" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I60" s="9"/>
       <c r="J60" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K60" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>слов’янські мови та літератури (переклад включно), перша - російська</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>27116</v>
       </c>
       <c r="F61" s="3" t="inlineStr">
         <is>
           <t>Переклад (російська, польська)</t>
         </is>
       </c>
       <c r="G61" s="3"/>
       <c r="H61" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I61" s="9"/>
       <c r="J61" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K61" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D62" s="3" t="inlineStr">
         <is>
           <t>українська мова та література</t>
         </is>
       </c>
       <c r="E62" s="6" t="n">
         <v>5121</v>
       </c>
       <c r="F62" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G62" s="3"/>
       <c r="H62" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I62" s="9"/>
       <c r="J62" s="8" t="inlineStr">
         <is>
           <t>УД 24003496</t>
         </is>
       </c>
       <c r="K62" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B63" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C63" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D63" s="3"/>
       <c r="E63" s="6" t="n">
         <v>3525</v>
       </c>
       <c r="F63" s="3" t="inlineStr">
         <is>
           <t>Економіка підприємства</t>
@@ -7007,92 +7009,92 @@
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
         <v>6666</v>
       </c>
       <c r="F86" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="G86" s="3"/>
       <c r="H86" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I86" s="9"/>
       <c r="J86" s="8" t="inlineStr">
         <is>
           <t>НД 2490035</t>
         </is>
       </c>
       <c r="K86" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
         <v>85633</v>
       </c>
       <c r="F87" s="3" t="inlineStr">
         <is>
           <t>Артменеджмент новацій</t>
         </is>
       </c>
       <c r="G87" s="3"/>
       <c r="H87" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I87" s="9"/>
       <c r="J87" s="8" t="inlineStr">
         <is>
           <t>НД 2490035</t>
         </is>
       </c>
       <c r="K87" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
         <v>23975</v>
       </c>
       <c r="F88" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
@@ -7294,51 +7296,51 @@
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
         <v>58616</v>
       </c>
       <c r="F93" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G93" s="3"/>
       <c r="H93" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I93" s="9"/>
       <c r="J93" s="8" t="inlineStr">
         <is>
           <t>УД 24017735</t>
         </is>
       </c>
       <c r="K93" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>101</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
         <v>4960</v>
       </c>
       <c r="F94" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -7376,92 +7378,92 @@
           <t>Хімія</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
         <v>2684</v>
       </c>
       <c r="F95" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G95" s="3"/>
       <c r="H95" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I95" s="9"/>
       <c r="J95" s="8" t="inlineStr">
         <is>
           <t>НД 2490038</t>
         </is>
       </c>
       <c r="K95" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>104</t>
         </is>
       </c>
       <c r="C96" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D96" s="3"/>
       <c r="E96" s="6" t="n">
         <v>3216</v>
       </c>
       <c r="F96" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="G96" s="3"/>
       <c r="H96" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I96" s="9"/>
       <c r="J96" s="8" t="inlineStr">
         <is>
           <t>НД 2490045</t>
         </is>
       </c>
       <c r="K96" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>105</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
         <v>21731</v>
       </c>
       <c r="F97" s="3" t="inlineStr">
         <is>
           <t>Прикладна фізика та наноматеріали</t>
@@ -7499,51 +7501,51 @@
           <t>Математика</t>
         </is>
       </c>
       <c r="D98" s="3"/>
       <c r="E98" s="6" t="n">
         <v>19875</v>
       </c>
       <c r="F98" s="3" t="inlineStr">
         <is>
           <t>Математична економіка та економетрика</t>
         </is>
       </c>
       <c r="G98" s="3"/>
       <c r="H98" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I98" s="9"/>
       <c r="J98" s="8" t="inlineStr">
         <is>
           <t>НД 2490043</t>
         </is>
       </c>
       <c r="K98" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B99" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C99" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D99" s="3"/>
       <c r="E99" s="6" t="n">
         <v>19876</v>
       </c>
       <c r="F99" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
@@ -7622,92 +7624,92 @@
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D101" s="3"/>
       <c r="E101" s="6" t="n">
         <v>21502</v>
       </c>
       <c r="F101" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерні науки</t>
         </is>
       </c>
       <c r="G101" s="3"/>
       <c r="H101" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I101" s="9"/>
       <c r="J101" s="8" t="inlineStr">
         <is>
           <t>УД 24003497</t>
         </is>
       </c>
       <c r="K101" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B102" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C102" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D102" s="3"/>
       <c r="E102" s="6" t="n">
         <v>27131</v>
       </c>
       <c r="F102" s="3" t="inlineStr">
         <is>
           <t>Моніторингові інформаційні технології</t>
         </is>
       </c>
       <c r="G102" s="3"/>
       <c r="H102" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I102" s="9"/>
       <c r="J102" s="8" t="inlineStr">
         <is>
           <t>УД 24003497</t>
         </is>
       </c>
       <c r="K102" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="103">
       <c r="A103" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B103" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C103" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D103" s="3"/>
       <c r="E103" s="6" t="n">
         <v>19927</v>
       </c>
       <c r="F103" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
@@ -8030,133 +8032,133 @@
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
         <v>2689</v>
       </c>
       <c r="F111" s="3" t="inlineStr">
         <is>
           <t>Соціальна педагогіка</t>
         </is>
       </c>
       <c r="G111" s="3"/>
       <c r="H111" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I111" s="9"/>
       <c r="J111" s="8" t="inlineStr">
         <is>
           <t>НД 2490015</t>
         </is>
       </c>
       <c r="K111" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C112" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D112" s="3"/>
       <c r="E112" s="6" t="n">
         <v>3869</v>
       </c>
       <c r="F112" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="G112" s="3"/>
       <c r="H112" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I112" s="9"/>
       <c r="J112" s="8" t="inlineStr">
         <is>
           <t>НД 2490015</t>
         </is>
       </c>
       <c r="K112" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
         <v>85198</v>
       </c>
       <c r="F113" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G113" s="3"/>
       <c r="H113" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I113" s="9"/>
       <c r="J113" s="8" t="inlineStr">
         <is>
           <t>НД 2490015</t>
         </is>
       </c>
       <c r="K113" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C114" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D114" s="3"/>
       <c r="E114" s="6" t="n">
         <v>3450</v>
       </c>
       <c r="F114" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
@@ -8276,51 +8278,51 @@
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D117" s="3"/>
       <c r="E117" s="6" t="n">
         <v>19443</v>
       </c>
       <c r="F117" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G117" s="3"/>
       <c r="H117" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I117" s="9"/>
       <c r="J117" s="8" t="inlineStr">
         <is>
           <t>УД 24011808</t>
         </is>
       </c>
       <c r="K117" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="118">
       <c r="A118" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B118" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C118" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D118" s="3"/>
       <c r="E118" s="6" t="n">
         <v>27127</v>
       </c>
       <c r="F118" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
@@ -11363,56 +11365,54 @@
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C190" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D190" s="3"/>
       <c r="E190" s="6" t="n">
         <v>52999</v>
       </c>
       <c r="F190" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта та дефектологія</t>
         </is>
       </c>
       <c r="G190" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H190" s="8" t="inlineStr">
         <is>
-          <t>- 10016</t>
-[...4 lines deleted...]
-      </c>
+          <t> </t>
+        </is>
+      </c>
+      <c r="I190" s="9"/>
       <c r="J190" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K190" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="191">
       <c r="A191" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B191" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C191" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
         </is>
       </c>
       <c r="D191" s="3"/>
       <c r="E191" s="6" t="n">
@@ -12529,54 +12529,56 @@
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C214" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D214" s="3"/>
       <c r="E214" s="6" t="n">
         <v>4111</v>
       </c>
       <c r="F214" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G214" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H214" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I214" s="9"/>
+          <t>- 19649</t>
+        </is>
+      </c>
+      <c r="I214" s="9" t="n">
+        <v>46400</v>
+      </c>
       <c r="J214" s="8" t="inlineStr">
         <is>
           <t>НД 2490058</t>
         </is>
       </c>
       <c r="K214" s="9" t="n">
         <v>46204</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="215">
       <c r="A215" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B215" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C215" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
@@ -12803,51 +12805,51 @@
       <c r="C220" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D220" s="3"/>
       <c r="E220" s="6" t="n">
         <v>4676</v>
       </c>
       <c r="F220" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G220" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H220" s="8" t="inlineStr">
         <is>
           <t>УД 24002093</t>
         </is>
       </c>
       <c r="I220" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J220" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K220" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="221">
       <c r="A221" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B221" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C221" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D221" s="3" t="inlineStr">
@@ -13938,54 +13940,56 @@
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C245" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D245" s="3"/>
       <c r="E245" s="6" t="n">
         <v>63017</v>
       </c>
       <c r="F245" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G245" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H245" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I245" s="9"/>
+          <t>- 19694</t>
+        </is>
+      </c>
+      <c r="I245" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J245" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K245" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="246">
       <c r="A246" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B246" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C246" s="3" t="inlineStr">
         <is>
           <t>Підприємництво, торгівля та біржова діяльність</t>
         </is>
       </c>
       <c r="D246" s="3"/>
       <c r="E246" s="6" t="n">
@@ -14611,55 +14615,55 @@
         <is>
           <t>113</t>
         </is>
       </c>
       <c r="C260" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D260" s="3"/>
       <c r="E260" s="6" t="n">
         <v>5536</v>
       </c>
       <c r="F260" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G260" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H260" s="8" t="inlineStr">
         <is>
-          <t>УД 24008415</t>
+          <t>- 20053</t>
         </is>
       </c>
       <c r="I260" s="9" t="n">
-        <v>46204</v>
+        <v>46435</v>
       </c>
       <c r="J260" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K260" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="261">
       <c r="A261" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B261" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C261" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D261" s="3"/>
@@ -14750,51 +14754,51 @@
       <c r="C263" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D263" s="3"/>
       <c r="E263" s="6" t="n">
         <v>20235</v>
       </c>
       <c r="F263" s="3" t="inlineStr">
         <is>
           <t>Системи і методи прийняття рішень</t>
         </is>
       </c>
       <c r="G263" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H263" s="8" t="inlineStr">
         <is>
           <t>УД 24008416</t>
         </is>
       </c>
       <c r="I263" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J263" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K263" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="264">
       <c r="A264" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B264" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C264" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D264" s="3"/>
@@ -15151,51 +15155,51 @@
       <c r="C272" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D272" s="3"/>
       <c r="E272" s="6" t="n">
         <v>24752</v>
       </c>
       <c r="F272" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G272" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H272" s="8" t="inlineStr">
         <is>
           <t>УД 24008418</t>
         </is>
       </c>
       <c r="I272" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
       <c r="J272" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K272" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="273">
       <c r="A273" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B273" s="8" t="inlineStr">
         <is>
           <t>291</t>
         </is>
       </c>
       <c r="C273" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини, суспільні комунікації та регіональні студії</t>
         </is>
       </c>
       <c r="D273" s="3"/>
@@ -15384,149 +15388,149 @@
       <c r="E277" s="6" t="n">
         <v>68033</v>
       </c>
       <c r="F277" s="3" t="inlineStr">
         <is>
           <t>Англійська мова в сучасному освітньому просторі</t>
         </is>
       </c>
       <c r="G277" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H277" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I277" s="9"/>
       <c r="J277" s="8" t="inlineStr">
         <is>
           <t>УД 24019748</t>
         </is>
       </c>
       <c r="K277" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="278">
       <c r="A278" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B278" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C278" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D278" s="3" t="inlineStr">
         <is>
           <t>Англійська мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E278" s="6" t="n">
         <v>68843</v>
       </c>
       <c r="F278" s="3" t="inlineStr">
         <is>
           <t>Зарубіжна література та іноземна мова</t>
         </is>
       </c>
       <c r="G278" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H278" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I278" s="9"/>
       <c r="J278" s="8" t="inlineStr">
         <is>
           <t>УД 24019748</t>
         </is>
       </c>
       <c r="K278" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="279">
       <c r="A279" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B279" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C279" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D279" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E279" s="6" t="n">
         <v>74202</v>
       </c>
       <c r="F279" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="G279" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H279" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I279" s="9"/>
       <c r="J279" s="8" t="inlineStr">
         <is>
           <t>УД 24019746</t>
         </is>
       </c>
       <c r="K279" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="280">
       <c r="A280" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B280" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C280" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D280" s="3" t="inlineStr">
         <is>
           <t>Історія та громадянська освіта</t>
         </is>
       </c>
       <c r="E280" s="6" t="n">
         <v>67645</v>
@@ -15580,100 +15584,100 @@
       <c r="E281" s="6" t="n">
         <v>71849</v>
       </c>
       <c r="F281" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="G281" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H281" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I281" s="9"/>
       <c r="J281" s="8" t="inlineStr">
         <is>
           <t>УД 24019747</t>
         </is>
       </c>
       <c r="K281" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="282">
       <c r="A282" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B282" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C282" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D282" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="E282" s="6" t="n">
         <v>71858</v>
       </c>
       <c r="F282" s="3" t="inlineStr">
         <is>
           <t>Математика, інформатика</t>
         </is>
       </c>
       <c r="G282" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H282" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I282" s="9"/>
       <c r="J282" s="8" t="inlineStr">
         <is>
           <t>УД 24019747</t>
         </is>
       </c>
       <c r="K282" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="283">
       <c r="A283" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B283" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C283" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D283" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E283" s="6" t="n">
         <v>68490</v>
@@ -15727,326 +15731,328 @@
       <c r="E284" s="6" t="n">
         <v>71244</v>
       </c>
       <c r="F284" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="G284" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H284" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I284" s="9"/>
       <c r="J284" s="8" t="inlineStr">
         <is>
           <t>УД 24019749</t>
         </is>
       </c>
       <c r="K284" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="285">
       <c r="A285" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B285" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C285" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D285" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="E285" s="6" t="n">
         <v>71935</v>
       </c>
       <c r="F285" s="3" t="inlineStr">
         <is>
           <t>Фізика, інформатика</t>
         </is>
       </c>
       <c r="G285" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H285" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I285" s="9"/>
       <c r="J285" s="8" t="inlineStr">
         <is>
           <t>УД 24019750</t>
         </is>
       </c>
       <c r="K285" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="286">
       <c r="A286" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B286" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C286" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D286" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E286" s="6" t="n">
         <v>69020</v>
       </c>
       <c r="F286" s="3" t="inlineStr">
         <is>
           <t>Фізичне виховання</t>
         </is>
       </c>
       <c r="G286" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H286" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I286" s="9"/>
       <c r="J286" s="8" t="inlineStr">
         <is>
           <t>УД 24019745</t>
         </is>
       </c>
       <c r="K286" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="287">
       <c r="A287" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B287" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C287" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D287" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="E287" s="6" t="n">
         <v>72400</v>
       </c>
       <c r="F287" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G287" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H287" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I287" s="9"/>
       <c r="J287" s="8" t="inlineStr">
         <is>
           <t>УД 24019751</t>
         </is>
       </c>
       <c r="K287" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="288">
       <c r="A288" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B288" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C288" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D288" s="3"/>
       <c r="E288" s="6" t="n">
         <v>69026</v>
       </c>
       <c r="F288" s="3" t="inlineStr">
         <is>
           <t>Реабілітаційна фізична культура і спорт</t>
         </is>
       </c>
       <c r="G288" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H288" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I288" s="9"/>
       <c r="J288" s="8" t="inlineStr">
         <is>
           <t>УД 24019752</t>
         </is>
       </c>
       <c r="K288" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="289">
       <c r="A289" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B289" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C289" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D289" s="3"/>
       <c r="E289" s="6" t="n">
         <v>69099</v>
       </c>
       <c r="F289" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="G289" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H289" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I289" s="9"/>
       <c r="J289" s="8" t="inlineStr">
         <is>
           <t>УД 24019752</t>
         </is>
       </c>
       <c r="K289" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="290">
       <c r="A290" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B290" s="8" t="inlineStr">
         <is>
           <t>B10</t>
         </is>
       </c>
       <c r="C290" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="D290" s="3"/>
       <c r="E290" s="6" t="n">
         <v>69603</v>
       </c>
       <c r="F290" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
         </is>
       </c>
       <c r="G290" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H290" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I290" s="9"/>
+          <t>УД 24002093</t>
+        </is>
+      </c>
+      <c r="I290" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J290" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K290" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="291">
       <c r="A291" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B291" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C291" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D291" s="3" t="inlineStr">
         <is>
@@ -16056,100 +16062,100 @@
       <c r="E291" s="6" t="n">
         <v>68873</v>
       </c>
       <c r="F291" s="3" t="inlineStr">
         <is>
           <t>Переклад (перша – англійська)</t>
         </is>
       </c>
       <c r="G291" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H291" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I291" s="9"/>
       <c r="J291" s="8" t="inlineStr">
         <is>
           <t>УД 24019755</t>
         </is>
       </c>
       <c r="K291" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="292">
       <c r="A292" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B292" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C292" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D292" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика</t>
         </is>
       </c>
       <c r="E292" s="6" t="n">
         <v>70061</v>
       </c>
       <c r="F292" s="3" t="inlineStr">
         <is>
           <t>Прикладна лінгвістика. Судово-лінгвістична експертиза</t>
         </is>
       </c>
       <c r="G292" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H292" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I292" s="9"/>
       <c r="J292" s="8" t="inlineStr">
         <is>
           <t>УД 24019755</t>
         </is>
       </c>
       <c r="K292" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="293">
       <c r="A293" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B293" s="8" t="inlineStr">
         <is>
           <t>B3</t>
         </is>
       </c>
       <c r="C293" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво та ремесла</t>
         </is>
       </c>
       <c r="D293" s="3"/>
       <c r="E293" s="6" t="n">
         <v>80954</v>
       </c>
       <c r="F293" s="3" t="inlineStr">
         <is>
           <t>Декоративне мистецтво</t>
@@ -16232,54 +16238,56 @@
         <is>
           <t>B9</t>
         </is>
       </c>
       <c r="C295" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D295" s="3"/>
       <c r="E295" s="6" t="n">
         <v>69626</v>
       </c>
       <c r="F295" s="3" t="inlineStr">
         <is>
           <t>Історія. Історична спадщина в публічному просторі</t>
         </is>
       </c>
       <c r="G295" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H295" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I295" s="9"/>
+          <t>- 19889</t>
+        </is>
+      </c>
+      <c r="I295" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J295" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K295" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="296">
       <c r="A296" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B296" s="8" t="inlineStr">
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C296" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D296" s="3" t="inlineStr">
         <is>
@@ -16999,97 +17007,101 @@
         <is>
           <t>D4</t>
         </is>
       </c>
       <c r="C312" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="D312" s="3"/>
       <c r="E312" s="6" t="n">
         <v>76654</v>
       </c>
       <c r="F312" s="3" t="inlineStr">
         <is>
           <t>Публічне управління та адміністрування</t>
         </is>
       </c>
       <c r="G312" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H312" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I312" s="9"/>
+          <t>УД 24008418</t>
+        </is>
+      </c>
+      <c r="I312" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J312" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K312" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="313">
       <c r="A313" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B313" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C313" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D313" s="3"/>
       <c r="E313" s="6" t="n">
         <v>76813</v>
       </c>
       <c r="F313" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="G313" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H313" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I313" s="9"/>
+          <t>- 19890</t>
+        </is>
+      </c>
+      <c r="I313" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J313" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K313" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="314">
       <c r="A314" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B314" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C314" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D314" s="3"/>
       <c r="E314" s="6" t="n">
@@ -17130,192 +17142,196 @@
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C315" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D315" s="3"/>
       <c r="E315" s="6" t="n">
         <v>77243</v>
       </c>
       <c r="F315" s="3" t="inlineStr">
         <is>
           <t>Публічне право</t>
         </is>
       </c>
       <c r="G315" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H315" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I315" s="9"/>
+          <t>- 19892</t>
+        </is>
+      </c>
+      <c r="I315" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J315" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K315" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="316">
       <c r="A316" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B316" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C316" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D316" s="3"/>
       <c r="E316" s="6" t="n">
         <v>77251</v>
       </c>
       <c r="F316" s="3" t="inlineStr">
         <is>
           <t>Приватне право та інтелектуальна власність</t>
         </is>
       </c>
       <c r="G316" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H316" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I316" s="9"/>
+          <t>- 19891</t>
+        </is>
+      </c>
+      <c r="I316" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J316" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K316" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="317">
       <c r="A317" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B317" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C317" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D317" s="3"/>
       <c r="E317" s="6" t="n">
         <v>74188</v>
       </c>
       <c r="F317" s="3" t="inlineStr">
         <is>
           <t>Лабораторний аналіз»</t>
         </is>
       </c>
       <c r="G317" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H317" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I317" s="9"/>
       <c r="J317" s="8" t="inlineStr">
         <is>
           <t>УД 24019757</t>
         </is>
       </c>
       <c r="K317" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="318">
       <c r="A318" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B318" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C318" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D318" s="3"/>
       <c r="E318" s="6" t="n">
         <v>74468</v>
       </c>
       <c r="F318" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
         </is>
       </c>
       <c r="G318" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H318" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I318" s="9"/>
       <c r="J318" s="8" t="inlineStr">
         <is>
           <t>УД 24019757</t>
         </is>
       </c>
       <c r="K318" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="319">
       <c r="A319" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B319" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
       <c r="C319" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
         </is>
       </c>
       <c r="D319" s="3"/>
       <c r="E319" s="6" t="n">
         <v>74529</v>
       </c>
       <c r="F319" s="3" t="inlineStr">
         <is>
           <t>Екологія</t>
@@ -17361,134 +17377,136 @@
       <c r="E320" s="6" t="n">
         <v>72430</v>
       </c>
       <c r="F320" s="3" t="inlineStr">
         <is>
           <t>Хімія</t>
         </is>
       </c>
       <c r="G320" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H320" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I320" s="9"/>
       <c r="J320" s="8" t="inlineStr">
         <is>
           <t>УД 24019758</t>
         </is>
       </c>
       <c r="K320" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="321">
       <c r="A321" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B321" s="8" t="inlineStr">
         <is>
           <t>E5</t>
         </is>
       </c>
       <c r="C321" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D321" s="3"/>
       <c r="E321" s="6" t="n">
         <v>72170</v>
       </c>
       <c r="F321" s="3" t="inlineStr">
         <is>
           <t>Фізика та астрономія"</t>
         </is>
       </c>
       <c r="G321" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H321" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I321" s="9"/>
       <c r="J321" s="8" t="inlineStr">
         <is>
           <t>УД 24019759</t>
         </is>
       </c>
       <c r="K321" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="322">
       <c r="A322" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B322" s="8" t="inlineStr">
         <is>
           <t>F1</t>
         </is>
       </c>
       <c r="C322" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D322" s="3"/>
       <c r="E322" s="6" t="n">
         <v>72370</v>
       </c>
       <c r="F322" s="3" t="inlineStr">
         <is>
           <t>Прикладна математика</t>
         </is>
       </c>
       <c r="G322" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H322" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I322" s="9"/>
+          <t>- 20053</t>
+        </is>
+      </c>
+      <c r="I322" s="9" t="n">
+        <v>46435</v>
+      </c>
       <c r="J322" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K322" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="323">
       <c r="A323" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B323" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C323" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D323" s="3"/>
       <c r="E323" s="6" t="n">
@@ -17574,54 +17592,56 @@
         <is>
           <t>F4</t>
         </is>
       </c>
       <c r="C325" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз та наука про дані</t>
         </is>
       </c>
       <c r="D325" s="3"/>
       <c r="E325" s="6" t="n">
         <v>67166</v>
       </c>
       <c r="F325" s="3" t="inlineStr">
         <is>
           <t>Системи і методи прийняття рішень</t>
         </is>
       </c>
       <c r="G325" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H325" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I325" s="9"/>
+          <t>УД 24008416</t>
+        </is>
+      </c>
+      <c r="I325" s="9" t="n">
+        <v>46752</v>
+      </c>
       <c r="J325" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K325" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="326">
       <c r="A326" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B326" s="8" t="inlineStr">
         <is>
           <t>F6</t>
         </is>
       </c>
       <c r="C326" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи і технології</t>
         </is>
       </c>
       <c r="D326" s="3"/>
       <c r="E326" s="6" t="n">
@@ -17717,51 +17737,51 @@
       <c r="E328" s="6" t="n">
         <v>81435</v>
       </c>
       <c r="F328" s="3" t="inlineStr">
         <is>
           <t>Соціальна робота та консультування</t>
         </is>
       </c>
       <c r="G328" s="3" t="inlineStr">
         <is>
           <t>Освітньо-професійна</t>
         </is>
       </c>
       <c r="H328" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="I328" s="9"/>
       <c r="J328" s="8" t="inlineStr">
         <is>
           <t>УД 24019761</t>
         </is>
       </c>
       <c r="K328" s="9" t="n">
-        <v>46204</v>
+        <v>46752</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="329">
       <c r="A329" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B329" s="8" t="inlineStr">
         <is>
           <t>I2</t>
         </is>
       </c>
       <c r="C329" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
         </is>
       </c>
       <c r="D329" s="3"/>
       <c r="E329" s="6" t="n">
         <v>77260</v>
       </c>
       <c r="F329" s="3" t="inlineStr">
         <is>
           <t>Медицина</t>
@@ -18348,54 +18368,56 @@
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C343" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D343" s="3"/>
       <c r="E343" s="6" t="n">
         <v>46164</v>
       </c>
       <c r="F343" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G343" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H343" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I343" s="9"/>
+          <t>- 19661</t>
+        </is>
+      </c>
+      <c r="I343" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J343" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K343" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="344">
       <c r="A344" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B344" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C344" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D344" s="3"/>
       <c r="E344" s="6" t="n">
@@ -19046,54 +19068,56 @@
         <is>
           <t>C1</t>
         </is>
       </c>
       <c r="C359" s="3" t="inlineStr">
         <is>
           <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D359" s="3"/>
       <c r="E359" s="6" t="n">
         <v>72624</v>
       </c>
       <c r="F359" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="G359" s="3" t="inlineStr">
         <is>
           <t>Освітньо-наукова</t>
         </is>
       </c>
       <c r="H359" s="8" t="inlineStr">
         <is>
-          <t> </t>
-[...2 lines deleted...]
-      <c r="I359" s="9"/>
+          <t>- 20092</t>
+        </is>
+      </c>
+      <c r="I359" s="9" t="n">
+        <v>48030</v>
+      </c>
       <c r="J359" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K359" s="9"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="360">
       <c r="A360" s="3" t="inlineStr">
         <is>
           <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B360" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C360" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D360" s="3"/>
       <c r="E360" s="6" t="n">
@@ -19422,51 +19446,51 @@
       <c r="I367" s="9"/>
       <c r="J367" s="8" t="inlineStr">
         <is>
           <t> </t>
         </is>
       </c>
       <c r="K367" s="9"/>
     </row>
   </sheetData>
   <autoFilter ref="A1:K367"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:I218"/>
+  <dimension ref="A1:I189"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="false" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="1024" min="10" style="0" customWidth="false" width="11.5"/>
   </cols>
   <sheetData>
     <row collapsed="false" customFormat="false" customHeight="false" hidden="false" ht="12.1" outlineLevel="0" r="1">
       <c r="A1" s="4" t="inlineStr">
         <is>
           <t>Освітній ступінь</t>
         </is>
       </c>
@@ -19507,51 +19531,51 @@
       </c>
       <c r="I1" s="4" t="inlineStr">
         <is>
           <t>Дистанційна</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B2" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
       <c r="C2" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D2" s="3"/>
       <c r="E2" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F2" s="6" t="n">
         <v>7</v>
       </c>
       <c r="G2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H2" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I2" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B3" s="8" t="inlineStr">
         <is>
           <t>A3</t>
         </is>
       </c>
@@ -19987,51 +20011,51 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B15" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C15" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D15" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E15" s="6" t="n">
         <v>18</v>
       </c>
       <c r="F15" s="6" t="n">
-        <v>29</v>
+        <v>27</v>
       </c>
       <c r="G15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H15" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I15" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="16">
       <c r="A16" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B16" s="8" t="inlineStr">
         <is>
           <t>A6</t>
         </is>
       </c>
       <c r="C16" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -20054,51 +20078,51 @@
       <c r="H16" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I16" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B17" s="8" t="inlineStr">
         <is>
           <t>A7</t>
         </is>
       </c>
       <c r="C17" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D17" s="3"/>
       <c r="E17" s="6" t="n">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="F17" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H17" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I17" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="18">
       <c r="A18" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B18" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
@@ -20165,91 +20189,91 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B20" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C20" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D20" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E20" s="6" t="n">
-        <v>63</v>
+        <v>61</v>
       </c>
       <c r="F20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H20" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I20" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="21">
       <c r="A21" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B21" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C21" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D21" s="3" t="inlineStr">
         <is>
           <t>Германські мови та літератури (переклад включно), перша - німецька</t>
         </is>
       </c>
       <c r="E21" s="6" t="n">
         <v>4</v>
       </c>
       <c r="F21" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="G21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H21" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I21" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B22" s="8" t="inlineStr">
         <is>
           <t>B11</t>
         </is>
       </c>
       <c r="C22" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
@@ -20552,84 +20576,84 @@
       <c r="H30" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I30" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B31" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C31" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D31" s="3"/>
       <c r="E31" s="6" t="n">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="F31" s="6" t="n">
         <v>40</v>
       </c>
       <c r="G31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H31" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I31" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B32" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C32" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
         </is>
       </c>
       <c r="D32" s="3"/>
       <c r="E32" s="6" t="n">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="F32" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H32" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I32" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B33" s="8" t="inlineStr">
         <is>
           <t>D1</t>
         </is>
       </c>
@@ -20687,180 +20711,180 @@
       <c r="I34" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B35" s="8" t="inlineStr">
         <is>
           <t>D3</t>
         </is>
       </c>
       <c r="C35" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D35" s="3"/>
       <c r="E35" s="6" t="n">
         <v>121</v>
       </c>
       <c r="F35" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="G35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H35" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I35" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B36" s="8" t="inlineStr">
         <is>
           <t>D5</t>
         </is>
       </c>
       <c r="C36" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D36" s="3"/>
       <c r="E36" s="6" t="n">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="F36" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H36" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I36" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B37" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C37" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D37" s="3"/>
       <c r="E37" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F37" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H37" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I37" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B38" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C38" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D38" s="3"/>
       <c r="E38" s="6" t="n">
         <v>26</v>
       </c>
       <c r="F38" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="G38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H38" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I38" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B39" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
       <c r="C39" s="3" t="inlineStr">
         <is>
           <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D39" s="3"/>
       <c r="E39" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H39" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I39" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B40" s="8" t="inlineStr">
         <is>
           <t>E2</t>
         </is>
       </c>
@@ -20981,84 +21005,84 @@
       <c r="H43" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I43" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B44" s="8" t="inlineStr">
         <is>
           <t>F2</t>
         </is>
       </c>
       <c r="C44" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D44" s="3"/>
       <c r="E44" s="6" t="n">
-        <v>36</v>
+        <v>33</v>
       </c>
       <c r="F44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H44" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I44" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B45" s="8" t="inlineStr">
         <is>
           <t>F3</t>
         </is>
       </c>
       <c r="C45" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D45" s="3"/>
       <c r="E45" s="6" t="n">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="F45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H45" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I45" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B46" s="8" t="inlineStr">
         <is>
           <t>F4</t>
         </is>
       </c>
@@ -21179,51 +21203,51 @@
       <c r="H49" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I49" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B50" s="8" t="inlineStr">
         <is>
           <t>H1</t>
         </is>
       </c>
       <c r="C50" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D50" s="3"/>
       <c r="E50" s="6" t="n">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="F50" s="6" t="n">
         <v>10</v>
       </c>
       <c r="G50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H50" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I50" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B51" s="8" t="inlineStr">
         <is>
           <t>I10</t>
         </is>
       </c>
@@ -21314,51 +21338,51 @@
       <c r="I53" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B54" s="8" t="inlineStr">
         <is>
           <t>012</t>
         </is>
       </c>
       <c r="C54" s="3" t="inlineStr">
         <is>
           <t>Дошкільна освіта</t>
         </is>
       </c>
       <c r="D54" s="3"/>
       <c r="E54" s="6" t="n">
         <v>78</v>
       </c>
       <c r="F54" s="6" t="n">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="G54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H54" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I54" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B55" s="8" t="inlineStr">
         <is>
           <t>013</t>
         </is>
       </c>
       <c r="C55" s="3" t="inlineStr">
         <is>
           <t>Початкова освіта</t>
@@ -21384,85 +21408,85 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B56" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C56" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D56" s="3" t="inlineStr">
         <is>
           <t>Українська мова і література</t>
         </is>
       </c>
       <c r="E56" s="6" t="n">
         <v>53</v>
       </c>
       <c r="F56" s="6" t="n">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H56" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I56" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B57" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C57" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D57" s="3" t="inlineStr">
         <is>
           <t>Англійська мова і література</t>
         </is>
       </c>
       <c r="E57" s="6" t="n">
-        <v>27</v>
+        <v>25</v>
       </c>
       <c r="F57" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H57" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I57" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B58" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21492,128 +21516,128 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B59" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C59" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D59" s="3" t="inlineStr">
         <is>
           <t>Німецька мова і література</t>
         </is>
       </c>
       <c r="E59" s="6" t="n">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="F59" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H59" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I59" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B60" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C60" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D60" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E60" s="6" t="n">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="F60" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H60" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I60" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B61" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C61" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D61" s="3" t="inlineStr">
         <is>
           <t>Історія</t>
         </is>
       </c>
       <c r="E61" s="6" t="n">
         <v>46</v>
       </c>
       <c r="F61" s="6" t="n">
-        <v>12</v>
+        <v>11</v>
       </c>
       <c r="G61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H61" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I61" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B62" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C62" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -21677,51 +21701,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B64" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C64" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D64" s="3" t="inlineStr">
         <is>
           <t>Біологія та здоров’я людини</t>
         </is>
       </c>
       <c r="E64" s="6" t="n">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="F64" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H64" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I64" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B65" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21788,51 +21812,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B67" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C67" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D67" s="3" t="inlineStr">
         <is>
           <t>Інформатика</t>
         </is>
       </c>
       <c r="E67" s="6" t="n">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="F67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H67" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I67" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B68" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
@@ -21865,88 +21889,88 @@
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B69" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C69" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D69" s="3" t="inlineStr">
         <is>
           <t>Фізична культура</t>
         </is>
       </c>
       <c r="E69" s="6" t="n">
         <v>49</v>
       </c>
       <c r="F69" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H69" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I69" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B70" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C70" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D70" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво</t>
         </is>
       </c>
       <c r="E70" s="6" t="n">
         <v>22</v>
       </c>
       <c r="F70" s="6" t="n">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H70" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I70" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B71" s="8" t="inlineStr">
         <is>
           <t>014</t>
         </is>
       </c>
       <c r="C71" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
@@ -21973,54 +21997,54 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B72" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C72" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
         </is>
       </c>
       <c r="D72" s="3" t="inlineStr">
         <is>
           <t>Логопедія</t>
         </is>
       </c>
       <c r="E72" s="6" t="n">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="F72" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="G72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H72" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I72" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B73" s="8" t="inlineStr">
         <is>
           <t>016</t>
         </is>
       </c>
       <c r="C73" s="3" t="inlineStr">
         <is>
           <t>Спеціальна освіта</t>
@@ -22043,87 +22067,87 @@
       <c r="H73" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I73" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B74" s="8" t="inlineStr">
         <is>
           <t>017</t>
         </is>
       </c>
       <c r="C74" s="3" t="inlineStr">
         <is>
           <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D74" s="3"/>
       <c r="E74" s="6" t="n">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F74" s="6" t="n">
         <v>38</v>
       </c>
       <c r="G74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H74" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I74" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B75" s="8" t="inlineStr">
         <is>
           <t>023</t>
         </is>
       </c>
       <c r="C75" s="3" t="inlineStr">
         <is>
           <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
         </is>
       </c>
       <c r="D75" s="3"/>
       <c r="E75" s="6" t="n">
         <v>36</v>
       </c>
       <c r="F75" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="G75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H75" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I75" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B76" s="8" t="inlineStr">
         <is>
           <t>024</t>
         </is>
       </c>
       <c r="C76" s="3" t="inlineStr">
         <is>
           <t>Хореографія</t>
@@ -22175,54 +22199,54 @@
       <c r="H77" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I77" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B78" s="8" t="inlineStr">
         <is>
           <t>032</t>
         </is>
       </c>
       <c r="C78" s="3" t="inlineStr">
         <is>
           <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D78" s="3"/>
       <c r="E78" s="6" t="n">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F78" s="6" t="n">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H78" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I78" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B79" s="8" t="inlineStr">
         <is>
           <t>033</t>
         </is>
       </c>
       <c r="C79" s="3" t="inlineStr">
         <is>
           <t>Філософія</t>
@@ -22356,51 +22380,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B83" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
       <c r="C83" s="3" t="inlineStr">
         <is>
           <t>Філологія</t>
         </is>
       </c>
       <c r="D83" s="3" t="inlineStr">
         <is>
           <t>германські мови та літератури (переклад включно), перша - англійська</t>
         </is>
       </c>
       <c r="E83" s="6" t="n">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="F83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H83" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I83" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B84" s="8" t="inlineStr">
         <is>
           <t>035</t>
         </is>
       </c>
@@ -22463,120 +22487,120 @@
       <c r="H85" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I85" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B86" s="8" t="inlineStr">
         <is>
           <t>051</t>
         </is>
       </c>
       <c r="C86" s="3" t="inlineStr">
         <is>
           <t>Економіка</t>
         </is>
       </c>
       <c r="D86" s="3"/>
       <c r="E86" s="6" t="n">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="F86" s="6" t="n">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="G86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H86" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I86" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B87" s="8" t="inlineStr">
         <is>
           <t>052</t>
         </is>
       </c>
       <c r="C87" s="3" t="inlineStr">
         <is>
           <t>Політологія</t>
         </is>
       </c>
       <c r="D87" s="3"/>
       <c r="E87" s="6" t="n">
-        <v>22</v>
+        <v>21</v>
       </c>
       <c r="F87" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H87" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I87" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B88" s="8" t="inlineStr">
         <is>
           <t>053</t>
         </is>
       </c>
       <c r="C88" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D88" s="3"/>
       <c r="E88" s="6" t="n">
-        <v>388</v>
+        <v>385</v>
       </c>
       <c r="F88" s="6" t="n">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="G88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H88" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I88" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B89" s="8" t="inlineStr">
         <is>
           <t>061</t>
         </is>
       </c>
       <c r="C89" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -22661,150 +22685,150 @@
       <c r="H91" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I91" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B92" s="8" t="inlineStr">
         <is>
           <t>072</t>
         </is>
       </c>
       <c r="C92" s="3" t="inlineStr">
         <is>
           <t>Фінанси, банківська справа, страхування та фондовий ринок</t>
         </is>
       </c>
       <c r="D92" s="3"/>
       <c r="E92" s="6" t="n">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="F92" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H92" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I92" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B93" s="8" t="inlineStr">
         <is>
           <t>073</t>
         </is>
       </c>
       <c r="C93" s="3" t="inlineStr">
         <is>
           <t>Менеджмент</t>
         </is>
       </c>
       <c r="D93" s="3"/>
       <c r="E93" s="6" t="n">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="F93" s="6" t="n">
         <v>19</v>
       </c>
       <c r="G93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H93" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I93" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B94" s="8" t="inlineStr">
         <is>
           <t>075</t>
         </is>
       </c>
       <c r="C94" s="3" t="inlineStr">
         <is>
           <t>Маркетинг</t>
         </is>
       </c>
       <c r="D94" s="3"/>
       <c r="E94" s="6" t="n">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F94" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H94" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I94" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B95" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
       <c r="C95" s="3" t="inlineStr">
         <is>
           <t>Підприємництво та торгівля</t>
         </is>
       </c>
       <c r="D95" s="3"/>
       <c r="E95" s="6" t="n">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="F95" s="6" t="n">
         <v>4</v>
       </c>
       <c r="G95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H95" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I95" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B96" s="8" t="inlineStr">
         <is>
           <t>076</t>
         </is>
       </c>
@@ -22826,54 +22850,54 @@
       <c r="H96" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I96" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B97" s="8" t="inlineStr">
         <is>
           <t>081</t>
         </is>
       </c>
       <c r="C97" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D97" s="3"/>
       <c r="E97" s="6" t="n">
-        <v>139</v>
+        <v>133</v>
       </c>
       <c r="F97" s="6" t="n">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="G97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H97" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I97" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B98" s="8" t="inlineStr">
         <is>
           <t>091</t>
         </is>
       </c>
       <c r="C98" s="3" t="inlineStr">
         <is>
           <t>Біологія</t>
@@ -23057,51 +23081,51 @@
       <c r="H103" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I103" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="104">
       <c r="A104" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B104" s="8" t="inlineStr">
         <is>
           <t>111</t>
         </is>
       </c>
       <c r="C104" s="3" t="inlineStr">
         <is>
           <t>Математика</t>
         </is>
       </c>
       <c r="D104" s="3"/>
       <c r="E104" s="6" t="n">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="F104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H104" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I104" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="105">
       <c r="A105" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B105" s="8" t="inlineStr">
         <is>
           <t>113</t>
         </is>
       </c>
@@ -23123,216 +23147,216 @@
       <c r="H105" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I105" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="106">
       <c r="A106" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B106" s="8" t="inlineStr">
         <is>
           <t>121</t>
         </is>
       </c>
       <c r="C106" s="3" t="inlineStr">
         <is>
           <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D106" s="3"/>
       <c r="E106" s="6" t="n">
-        <v>98</v>
+        <v>92</v>
       </c>
       <c r="F106" s="6" t="n">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="G106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H106" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I106" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="107">
       <c r="A107" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B107" s="8" t="inlineStr">
         <is>
           <t>122</t>
         </is>
       </c>
       <c r="C107" s="3" t="inlineStr">
         <is>
           <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D107" s="3"/>
       <c r="E107" s="6" t="n">
-        <v>68</v>
+        <v>66</v>
       </c>
       <c r="F107" s="6" t="n">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="G107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H107" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I107" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B108" s="8" t="inlineStr">
         <is>
           <t>123</t>
         </is>
       </c>
       <c r="C108" s="3" t="inlineStr">
         <is>
           <t>Комп’ютерна інженерія</t>
         </is>
       </c>
       <c r="D108" s="3"/>
       <c r="E108" s="6" t="n">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F108" s="6" t="n">
         <v>3</v>
       </c>
       <c r="G108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H108" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I108" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="109">
       <c r="A109" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B109" s="8" t="inlineStr">
         <is>
           <t>124</t>
         </is>
       </c>
       <c r="C109" s="3" t="inlineStr">
         <is>
           <t>Системний аналіз</t>
         </is>
       </c>
       <c r="D109" s="3"/>
       <c r="E109" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F109" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H109" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I109" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="110">
       <c r="A110" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B110" s="8" t="inlineStr">
         <is>
           <t>126</t>
         </is>
       </c>
       <c r="C110" s="3" t="inlineStr">
         <is>
           <t>Інформаційні системи та технології</t>
         </is>
       </c>
       <c r="D110" s="3"/>
       <c r="E110" s="6" t="n">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="F110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H110" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I110" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="111">
       <c r="A111" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B111" s="8" t="inlineStr">
         <is>
           <t>151</t>
         </is>
       </c>
       <c r="C111" s="3" t="inlineStr">
         <is>
           <t>Автоматизація та комп’ютерно-інтегровані технології</t>
         </is>
       </c>
       <c r="D111" s="3"/>
       <c r="E111" s="6" t="n">
-        <v>17</v>
+        <v>14</v>
       </c>
       <c r="F111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H111" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I111" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="112">
       <c r="A112" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B112" s="8" t="inlineStr">
         <is>
           <t>174</t>
         </is>
       </c>
@@ -23354,51 +23378,51 @@
       <c r="H112" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I112" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="113">
       <c r="A113" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B113" s="8" t="inlineStr">
         <is>
           <t>201</t>
         </is>
       </c>
       <c r="C113" s="3" t="inlineStr">
         <is>
           <t>Агрономія</t>
         </is>
       </c>
       <c r="D113" s="3"/>
       <c r="E113" s="6" t="n">
-        <v>108</v>
+        <v>102</v>
       </c>
       <c r="F113" s="6" t="n">
         <v>17</v>
       </c>
       <c r="G113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H113" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I113" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="114">
       <c r="A114" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B114" s="8" t="inlineStr">
         <is>
           <t>231</t>
         </is>
       </c>
@@ -23420,54 +23444,54 @@
       <c r="H114" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I114" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="115">
       <c r="A115" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B115" s="8" t="inlineStr">
         <is>
           <t>241</t>
         </is>
       </c>
       <c r="C115" s="3" t="inlineStr">
         <is>
           <t>Готельно-ресторанна справа</t>
         </is>
       </c>
       <c r="D115" s="3"/>
       <c r="E115" s="6" t="n">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="F115" s="6" t="n">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="G115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H115" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I115" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="116">
       <c r="A116" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B116" s="8" t="inlineStr">
         <is>
           <t>242</t>
         </is>
       </c>
       <c r="C116" s="3" t="inlineStr">
         <is>
           <t>Туризм</t>
@@ -23585,51 +23609,51 @@
       <c r="H119" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I119" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="120">
       <c r="A120" s="3" t="inlineStr">
         <is>
           <t>Бакалавр</t>
         </is>
       </c>
       <c r="B120" s="8" t="inlineStr">
         <is>
           <t>292</t>
         </is>
       </c>
       <c r="C120" s="3" t="inlineStr">
         <is>
           <t>Міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D120" s="3"/>
       <c r="E120" s="6" t="n">
-        <v>20</v>
+        <v>19</v>
       </c>
       <c r="F120" s="6" t="n">
         <v>6</v>
       </c>
       <c r="G120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H120" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I120" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="121">
       <c r="A121" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B121" s="8" t="inlineStr">
         <is>
           <t>A2</t>
         </is>
       </c>
@@ -23762,51 +23786,51 @@
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="125">
       <c r="A125" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B125" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
       <c r="C125" s="3" t="inlineStr">
         <is>
           <t>Середня освіта</t>
         </is>
       </c>
       <c r="D125" s="3" t="inlineStr">
         <is>
           <t>Німецька мова та зарубіжна література</t>
         </is>
       </c>
       <c r="E125" s="6" t="n">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="F125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H125" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I125" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="126">
       <c r="A126" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B126" s="8" t="inlineStr">
         <is>
           <t>A4</t>
         </is>
       </c>
@@ -24297,87 +24321,87 @@
       <c r="H139" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I139" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="140">
       <c r="A140" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B140" s="8" t="inlineStr">
         <is>
           <t>C3</t>
         </is>
       </c>
       <c r="C140" s="3" t="inlineStr">
         <is>
           <t>Міжнародні відносини</t>
         </is>
       </c>
       <c r="D140" s="3"/>
       <c r="E140" s="6" t="n">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="F140" s="6" t="n">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="G140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H140" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I140" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="141">
       <c r="A141" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B141" s="8" t="inlineStr">
         <is>
           <t>C4</t>
         </is>
       </c>
       <c r="C141" s="3" t="inlineStr">
         <is>
           <t>Психологія</t>
         </is>
       </c>
       <c r="D141" s="3"/>
       <c r="E141" s="6" t="n">
         <v>60</v>
       </c>
       <c r="F141" s="6" t="n">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="G141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H141" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I141" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="142">
       <c r="A142" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B142" s="8" t="inlineStr">
         <is>
           <t>C7</t>
         </is>
       </c>
       <c r="C142" s="3" t="inlineStr">
         <is>
           <t>Журналістика</t>
@@ -24528,84 +24552,84 @@
       <c r="H146" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I146" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="147">
       <c r="A147" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B147" s="8" t="inlineStr">
         <is>
           <t>D7</t>
         </is>
       </c>
       <c r="C147" s="3" t="inlineStr">
         <is>
           <t>Торгівля</t>
         </is>
       </c>
       <c r="D147" s="3"/>
       <c r="E147" s="6" t="n">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="F147" s="6" t="n">
         <v>1</v>
       </c>
       <c r="G147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H147" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I147" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="148">
       <c r="A148" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B148" s="8" t="inlineStr">
         <is>
           <t>D8</t>
         </is>
       </c>
       <c r="C148" s="3" t="inlineStr">
         <is>
           <t>Право</t>
         </is>
       </c>
       <c r="D148" s="3"/>
       <c r="E148" s="6" t="n">
-        <v>36</v>
+        <v>34</v>
       </c>
       <c r="F148" s="6" t="n">
         <v>9</v>
       </c>
       <c r="G148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H148" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I148" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="149">
       <c r="A149" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B149" s="8" t="inlineStr">
         <is>
           <t>E1</t>
         </is>
       </c>
@@ -24947,2035 +24971,1038 @@
       <c r="D159" s="3"/>
       <c r="E159" s="6" t="n">
         <v>2</v>
       </c>
       <c r="F159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H159" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I159" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="160">
       <c r="A160" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B160" s="8" t="inlineStr">
         <is>
-          <t>012</t>
+          <t>017</t>
         </is>
       </c>
       <c r="C160" s="3" t="inlineStr">
         <is>
-          <t>Дошкільна освіта</t>
+          <t>Фізична культура і спорт</t>
         </is>
       </c>
       <c r="D160" s="3"/>
       <c r="E160" s="6" t="n">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="F160" s="6" t="n">
-        <v>21</v>
+        <v>0</v>
       </c>
       <c r="G160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H160" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I160" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="161">
       <c r="A161" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B161" s="8" t="inlineStr">
         <is>
-          <t>013</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C161" s="3" t="inlineStr">
         <is>
-          <t>Початкова освіта</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D161" s="3"/>
       <c r="E161" s="6" t="n">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="F161" s="6" t="n">
-        <v>24</v>
+        <v>2</v>
       </c>
       <c r="G161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H161" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I161" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="162">
       <c r="A162" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B162" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C162" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D162" s="3"/>
       <c r="E162" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F162" s="6" t="n">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="G162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H162" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I162" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="163">
       <c r="A163" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B163" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>075</t>
         </is>
       </c>
       <c r="C163" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Маркетинг</t>
+        </is>
+      </c>
+      <c r="D163" s="3"/>
       <c r="E163" s="6" t="n">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="F163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H163" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I163" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="164">
       <c r="A164" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B164" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C164" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Біологія та біохімія</t>
+        </is>
+      </c>
+      <c r="D164" s="3"/>
       <c r="E164" s="6" t="n">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H164" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I164" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="165">
       <c r="A165" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B165" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C165" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Прикладна математика</t>
+        </is>
+      </c>
+      <c r="D165" s="3"/>
       <c r="E165" s="6" t="n">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="F165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H165" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I165" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="166">
       <c r="A166" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B166" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C166" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Комп'ютерні науки</t>
+        </is>
+      </c>
+      <c r="D166" s="3"/>
       <c r="E166" s="6" t="n">
-        <v>7</v>
+        <v>0</v>
       </c>
       <c r="F166" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H166" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I166" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="167">
       <c r="A167" s="3" t="inlineStr">
         <is>
           <t>Магістр</t>
         </is>
       </c>
       <c r="B167" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>231</t>
         </is>
       </c>
       <c r="C167" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Соціальна робота</t>
+        </is>
+      </c>
+      <c r="D167" s="3"/>
       <c r="E167" s="6" t="n">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="F167" s="6" t="n">
-        <v>6</v>
+        <v>0</v>
       </c>
       <c r="G167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H167" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I167" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="168">
       <c r="A168" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B168" s="8" t="inlineStr">
         <is>
-          <t>014</t>
+          <t>A1</t>
         </is>
       </c>
       <c r="C168" s="3" t="inlineStr">
         <is>
-          <t>Середня освіта</t>
-[...6 lines deleted...]
-      </c>
+          <t>Освітні науки</t>
+        </is>
+      </c>
+      <c r="D168" s="3"/>
       <c r="E168" s="6" t="n">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="F168" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H168" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I168" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="169">
       <c r="A169" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B169" s="8" t="inlineStr">
         <is>
-          <t>017</t>
+          <t>B9</t>
         </is>
       </c>
       <c r="C169" s="3" t="inlineStr">
         <is>
-          <t>Фізична культура і спорт</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D169" s="3"/>
       <c r="E169" s="6" t="n">
-        <v>35</v>
+        <v>2</v>
       </c>
       <c r="F169" s="6" t="n">
-        <v>18</v>
+        <v>0</v>
       </c>
       <c r="G169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H169" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I169" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="170">
       <c r="A170" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B170" s="8" t="inlineStr">
         <is>
-          <t>023</t>
+          <t>C1</t>
         </is>
       </c>
       <c r="C170" s="3" t="inlineStr">
         <is>
-          <t>Образотворче мистецтво, декоративне мистецтво, реставрація</t>
+          <t>Економіка та міжнародні економічні відносини</t>
         </is>
       </c>
       <c r="D170" s="3"/>
       <c r="E170" s="6" t="n">
         <v>3</v>
       </c>
       <c r="F170" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H170" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I170" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="171">
       <c r="A171" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B171" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>C4</t>
         </is>
       </c>
       <c r="C171" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Психологія</t>
+        </is>
+      </c>
+      <c r="D171" s="3"/>
       <c r="E171" s="6" t="n">
-        <v>11</v>
+        <v>0</v>
       </c>
       <c r="F171" s="6" t="n">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="G171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H171" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I171" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="172">
       <c r="A172" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B172" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>D3</t>
         </is>
       </c>
       <c r="C172" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Менеджмент</t>
+        </is>
+      </c>
+      <c r="D172" s="3"/>
       <c r="E172" s="6" t="n">
+        <v>0</v>
+      </c>
+      <c r="F172" s="6" t="n">
         <v>1</v>
-      </c>
-[...1 lines deleted...]
-        <v>0</v>
       </c>
       <c r="G172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H172" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I172" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="173">
       <c r="A173" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B173" s="8" t="inlineStr">
         <is>
-          <t>035</t>
+          <t>E5</t>
         </is>
       </c>
       <c r="C173" s="3" t="inlineStr">
         <is>
-          <t>Філологія</t>
-[...6 lines deleted...]
-      </c>
+          <t>Фізика та астрономія</t>
+        </is>
+      </c>
+      <c r="D173" s="3"/>
       <c r="E173" s="6" t="n">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F173" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H173" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I173" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="174">
       <c r="A174" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B174" s="8" t="inlineStr">
         <is>
-          <t>051</t>
+          <t>F1</t>
         </is>
       </c>
       <c r="C174" s="3" t="inlineStr">
         <is>
-          <t>Економіка</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D174" s="3"/>
       <c r="E174" s="6" t="n">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="F174" s="6" t="n">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="G174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H174" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I174" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="175">
       <c r="A175" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B175" s="8" t="inlineStr">
         <is>
-          <t>053</t>
+          <t>F2</t>
         </is>
       </c>
       <c r="C175" s="3" t="inlineStr">
         <is>
-          <t>Психологія</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D175" s="3"/>
       <c r="E175" s="6" t="n">
-        <v>59</v>
+        <v>1</v>
       </c>
       <c r="F175" s="6" t="n">
-        <v>157</v>
+        <v>0</v>
       </c>
       <c r="G175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H175" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I175" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="176">
       <c r="A176" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B176" s="8" t="inlineStr">
         <is>
-          <t>061</t>
+          <t>011</t>
         </is>
       </c>
       <c r="C176" s="3" t="inlineStr">
         <is>
-          <t>Журналістика</t>
+          <t>Освітні, педагогічні науки</t>
         </is>
       </c>
       <c r="D176" s="3"/>
       <c r="E176" s="6" t="n">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="F176" s="6" t="n">
         <v>2</v>
       </c>
       <c r="G176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H176" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I176" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="177">
       <c r="A177" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B177" s="8" t="inlineStr">
         <is>
-          <t>071</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C177" s="3" t="inlineStr">
         <is>
-          <t>Облік і оподаткування</t>
+          <t>Середня освіта</t>
         </is>
       </c>
       <c r="D177" s="3"/>
       <c r="E177" s="6" t="n">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="F177" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H177" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I177" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="178">
       <c r="A178" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B178" s="8" t="inlineStr">
         <is>
-          <t>073</t>
+          <t>014</t>
         </is>
       </c>
       <c r="C178" s="3" t="inlineStr">
         <is>
-          <t>Менеджмент</t>
-[...2 lines deleted...]
-      <c r="D178" s="3"/>
+          <t>Середня освіта</t>
+        </is>
+      </c>
+      <c r="D178" s="3" t="inlineStr">
+        <is>
+          <t>Математика</t>
+        </is>
+      </c>
       <c r="E178" s="6" t="n">
-        <v>57</v>
+        <v>4</v>
       </c>
       <c r="F178" s="6" t="n">
-        <v>23</v>
+        <v>0</v>
       </c>
       <c r="G178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H178" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I178" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="179">
       <c r="A179" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B179" s="8" t="inlineStr">
         <is>
-          <t>075</t>
+          <t>032</t>
         </is>
       </c>
       <c r="C179" s="3" t="inlineStr">
         <is>
-          <t>Маркетинг</t>
+          <t>Історія та археологія</t>
         </is>
       </c>
       <c r="D179" s="3"/>
       <c r="E179" s="6" t="n">
+        <v>25</v>
+      </c>
+      <c r="F179" s="6" t="n">
         <v>6</v>
-      </c>
-[...1 lines deleted...]
-        <v>1</v>
       </c>
       <c r="G179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H179" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I179" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="180">
       <c r="A180" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B180" s="8" t="inlineStr">
         <is>
-          <t>076</t>
+          <t>033</t>
         </is>
       </c>
       <c r="C180" s="3" t="inlineStr">
         <is>
-          <t>Підприємництво та торгівля</t>
+          <t>Філософія</t>
         </is>
       </c>
       <c r="D180" s="3"/>
       <c r="E180" s="6" t="n">
-        <v>17</v>
+        <v>6</v>
       </c>
       <c r="F180" s="6" t="n">
-        <v>5</v>
+        <v>0</v>
       </c>
       <c r="G180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H180" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I180" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="181">
       <c r="A181" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B181" s="8" t="inlineStr">
         <is>
-          <t>081</t>
+          <t>035</t>
         </is>
       </c>
       <c r="C181" s="3" t="inlineStr">
         <is>
-          <t>Право</t>
+          <t>Філологія</t>
         </is>
       </c>
       <c r="D181" s="3"/>
       <c r="E181" s="6" t="n">
-        <v>37</v>
+        <v>7</v>
       </c>
       <c r="F181" s="6" t="n">
-        <v>12</v>
+        <v>0</v>
       </c>
       <c r="G181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H181" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I181" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="182">
       <c r="A182" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B182" s="8" t="inlineStr">
         <is>
-          <t>091</t>
+          <t>051</t>
         </is>
       </c>
       <c r="C182" s="3" t="inlineStr">
         <is>
-          <t>Біологія та біохімія</t>
+          <t>Економіка</t>
         </is>
       </c>
       <c r="D182" s="3"/>
       <c r="E182" s="6" t="n">
-        <v>9</v>
+        <v>52</v>
       </c>
       <c r="F182" s="6" t="n">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="G182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H182" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I182" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="183">
       <c r="A183" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B183" s="8" t="inlineStr">
         <is>
-          <t>102</t>
+          <t>053</t>
         </is>
       </c>
       <c r="C183" s="3" t="inlineStr">
         <is>
-          <t>Хімія</t>
+          <t>Психологія</t>
         </is>
       </c>
       <c r="D183" s="3"/>
       <c r="E183" s="6" t="n">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H183" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I183" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="184">
       <c r="A184" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B184" s="8" t="inlineStr">
         <is>
-          <t>104</t>
+          <t>073</t>
         </is>
       </c>
       <c r="C184" s="3" t="inlineStr">
         <is>
-          <t>Фізика та астрономія</t>
+          <t>Менеджмент</t>
         </is>
       </c>
       <c r="D184" s="3"/>
       <c r="E184" s="6" t="n">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="F184" s="6" t="n">
-        <v>0</v>
+        <v>5</v>
       </c>
       <c r="G184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H184" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I184" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="185">
       <c r="A185" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B185" s="8" t="inlineStr">
         <is>
-          <t>111</t>
+          <t>091</t>
         </is>
       </c>
       <c r="C185" s="3" t="inlineStr">
         <is>
-          <t>Математика</t>
+          <t>Біологія та біохімія</t>
         </is>
       </c>
       <c r="D185" s="3"/>
       <c r="E185" s="6" t="n">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="F185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H185" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I185" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="186">
       <c r="A186" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B186" s="8" t="inlineStr">
         <is>
-          <t>113</t>
+          <t>104</t>
         </is>
       </c>
       <c r="C186" s="3" t="inlineStr">
         <is>
-          <t>Прикладна математика</t>
+          <t>Фізика та астрономія</t>
         </is>
       </c>
       <c r="D186" s="3"/>
       <c r="E186" s="6" t="n">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="F186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="G186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H186" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I186" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="187">
       <c r="A187" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B187" s="8" t="inlineStr">
         <is>
-          <t>121</t>
+          <t>113</t>
         </is>
       </c>
       <c r="C187" s="3" t="inlineStr">
         <is>
-          <t>Інженерія програмного забезпечення</t>
+          <t>Прикладна математика</t>
         </is>
       </c>
       <c r="D187" s="3"/>
       <c r="E187" s="6" t="n">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="F187" s="6" t="n">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="G187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H187" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I187" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="188">
       <c r="A188" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B188" s="8" t="inlineStr">
         <is>
-          <t>122</t>
+          <t>121</t>
         </is>
       </c>
       <c r="C188" s="3" t="inlineStr">
         <is>
-          <t>Комп'ютерні науки</t>
+          <t>Інженерія програмного забезпечення</t>
         </is>
       </c>
       <c r="D188" s="3"/>
       <c r="E188" s="6" t="n">
-        <v>0</v>
+        <v>4</v>
       </c>
       <c r="F188" s="6" t="n">
-        <v>3</v>
+        <v>0</v>
       </c>
       <c r="G188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H188" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I188" s="6" t="n">
         <v>0</v>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="189">
       <c r="A189" s="3" t="inlineStr">
         <is>
-          <t>Магістр</t>
+          <t>Доктор філософії</t>
         </is>
       </c>
       <c r="B189" s="8" t="inlineStr">
         <is>
-          <t>124</t>
+          <t>122</t>
         </is>
       </c>
       <c r="C189" s="3" t="inlineStr">
         <is>
-          <t>Системний аналіз</t>
+          <t>Комп'ютерні науки</t>
         </is>
       </c>
       <c r="D189" s="3"/>
       <c r="E189" s="6" t="n">
+        <v>12</v>
+      </c>
+      <c r="F189" s="6" t="n">
         <v>1</v>
       </c>
-      <c r="F189" s="6" t="n">
-[...1 lines deleted...]
-      </c>
       <c r="G189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="H189" s="6" t="n">
         <v>0</v>
       </c>
       <c r="I189" s="6" t="n">
         <v>0</v>
       </c>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="190">
-[...959 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:I218"/>
+  <autoFilter ref="A1:I189"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>