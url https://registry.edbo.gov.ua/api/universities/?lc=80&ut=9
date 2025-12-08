--- v0 (2025-10-23)
+++ v1 (2025-12-08)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$55</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$56</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V55"/>
+  <dimension ref="A1:V56"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -2322,51 +2322,51 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O23" s="5" t="inlineStr">
         <is>
           <t>просп. Берестейський, 100/1</t>
         </is>
       </c>
       <c r="P23" s="5" t="inlineStr">
         <is>
           <t>044-400-28-81, 068-628-23-52</t>
         </is>
       </c>
       <c r="Q23" s="5" t="inlineStr">
         <is>
           <t>kiat@ukr.net</t>
         </is>
       </c>
       <c r="R23" s="5" t="inlineStr">
         <is>
           <t>kafk.edu.ua</t>
         </is>
       </c>
       <c r="S23" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T23" s="5" t="inlineStr">
         <is>
           <t>Адаменко Алла Павлівна</t>
         </is>
       </c>
       <c r="U23" s="8"/>
       <c r="V23" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="24">
       <c r="A24" s="5" t="inlineStr">
         <is>
           <t>Київський державний фаховий хореографічний коледж імені Тетяни Таякіної</t>
         </is>
       </c>
       <c r="B24" s="6" t="n">
         <v>2720</v>
       </c>
       <c r="C24" s="6"/>
       <c r="D24" s="5" t="inlineStr">
         <is>
           <t>КДХФК ІМЕНІ ТЕТЯНИ ТАЯКІНОЇ</t>
         </is>
       </c>
@@ -3796,1467 +3796,1555 @@
         <is>
           <t>yskrypchenko@ukr.net</t>
         </is>
       </c>
       <c r="R39" s="5" t="inlineStr">
         <is>
           <t>kiev.itstep.org</t>
         </is>
       </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
           <t>Єгоров Дмитро Анатолійович</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Структурний підрозділ "Міжнародний фаховий коледж моди і дизайну" Вищого навчального закладу "Київська академія прикладних мистецтв"</t>
+          <t>ПРИВАТНИЙ ЗАКЛАД ФАХОВОЇ ТА ПІСЛЯДИПЛОМНОЇ ОСВІТИ “ВЕТЕРИНАРНИЙ КОЛЕДЖ “ЗООЛЮКС”</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>2825</v>
-[...3 lines deleted...]
-      </c>
+        <v>7000</v>
+      </c>
+      <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>"МФКМіД"</t>
+          <t>ПЗФПО “ВЕТЕРИНАРНИЙ КОЛЕДЖ “ЗООЛЮКС”</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>The structural unit "The International College of fashion and design" of Higher education institution "Kyiv Academy of Applied Arts"</t>
+          <t>PRIVATE INSTITUTION OF PROFESSIONAL POSTGRADUATE AND EDUCATION "VETERINARY COLLEGE "ZOOLUX"</t>
         </is>
       </c>
       <c r="F40" s="7"/>
       <c r="G40" s="6" t="n">
-        <v>2011</v>
+        <v>2022</v>
       </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J40" s="5"/>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>04136</t>
+          <t>01135</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>вул. Виговського Івана, 22-А</t>
+          <t>вул. Дмитрівська, 39</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(044) 4555672; 4270292</t>
+          <t>(067)508-84-22</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>kapm@ukr.net</t>
+          <t>zoolux.vetcolledge@gmail.com</t>
         </is>
       </c>
       <c r="R40" s="5" t="inlineStr">
         <is>
-          <t>www.kapi.com.ua</t>
+          <t>https://education.zoolux.vet</t>
         </is>
       </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Борщ Ірина Павлівна</t>
+          <t>Кузьомко Ігор Олександрович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Голосіївський економіко-правовий фаховий коледж"</t>
+          <t>Структурний підрозділ "Міжнародний фаховий коледж моди і дизайну" Вищого навчального закладу "Київська академія прикладних мистецтв"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>1084</v>
-[...1 lines deleted...]
-      <c r="C41" s="6"/>
+        <v>2825</v>
+      </c>
+      <c r="C41" s="6" t="n">
+        <v>865</v>
+      </c>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Голосіївський ЕПФК"</t>
+          <t>"МФКМіД"</t>
         </is>
       </c>
       <c r="E41" s="5" t="inlineStr">
         <is>
-          <t>Limited liability company "Holosiiv economy-law professional college"</t>
+          <t>The structural unit "The International College of fashion and design" of Higher education institution "Kyiv Academy of Applied Arts"</t>
         </is>
       </c>
       <c r="F41" s="7"/>
       <c r="G41" s="6" t="n">
-        <v>2000</v>
+        <v>2011</v>
       </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>03039</t>
+          <t>04136</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>просп. Червонозоряний, 146</t>
+          <t>вул. Виговського Івана, 22-А</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>044 2582124</t>
+          <t>(044) 4555672; 4270292</t>
         </is>
       </c>
       <c r="Q41" s="5" t="inlineStr">
         <is>
-          <t>ept_maup@ukr.net</t>
+          <t>kapm@ukr.net</t>
         </is>
       </c>
       <c r="R41" s="5" t="inlineStr">
         <is>
-          <t>elcmaup.com.ua</t>
+          <t>www.kapi.com.ua</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Чернєй Сергій Іванович</t>
+          <t>Борщ Ірина Павлівна</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Політико-правовий коледж "АЛСКО"</t>
+          <t>Товариство з обмеженою відповідальністю "Голосіївський економіко-правовий фаховий коледж"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>991</v>
+        <v>1084</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ППК "АЛСКО"</t>
+          <t>ТОВ "Голосіївський ЕПФК"</t>
         </is>
       </c>
       <c r="E42" s="5" t="inlineStr">
         <is>
-          <t>Private educational institution of professional pre-university education «Limited Liability Company «Political and Law College «ALSKO»</t>
+          <t>Limited liability company "Holosiiv economy-law professional college"</t>
         </is>
       </c>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>1992</v>
+        <v>2000</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>04050</t>
+          <t>03039</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Юрія Іллєнка, 39</t>
+          <t>просп. Червонозоряний, 146</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>(044)4836968</t>
+          <t>044 2582124</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>alsko-college@ukr.net</t>
+          <t>ept_maup@ukr.net</t>
         </is>
       </c>
       <c r="R42" s="5" t="inlineStr">
         <is>
-          <t>www.alsko.com.ua</t>
+          <t>elcmaup.com.ua</t>
         </is>
       </c>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Оніщенко Наталія Миколаївна</t>
+          <t>Чернєй Сергій Іванович</t>
         </is>
       </c>
       <c r="U42" s="8"/>
       <c r="V42" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Фаховий коледж Українського Червоного Хреста"</t>
+          <t>Товариство з обмеженою відповідальністю "Політико-правовий коледж "АЛСКО"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>7170</v>
+        <v>991</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "КУЧХ"</t>
+          <t>ТОВ "ППК "АЛСКО"</t>
         </is>
       </c>
       <c r="E43" s="5" t="inlineStr">
         <is>
-          <t>Professional college of the Ukrainian Red Cross, Limited Liability Company</t>
+          <t>Private educational institution of professional pre-university education «Limited Liability Company «Political and Law College «ALSKO»</t>
         </is>
       </c>
       <c r="F43" s="7"/>
       <c r="G43" s="6" t="n">
-        <v>2024</v>
+        <v>1992</v>
       </c>
       <c r="H43" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J43" s="5"/>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>04050</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Ділова, 3</t>
+          <t>вул. Юрія Іллєнка, 39</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(050)059-20-58</t>
+          <t>(044)4836968</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
-          <t>DG@CNHSU.EDUCATION</t>
+          <t>alsko-college@ukr.net</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
-          <t>https://pcurc.com.ua/</t>
+          <t>www.alsko.com.ua</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
-          <t>В. о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Пенчукова Леся Олексіївна</t>
+          <t>Оніщенко Наталія Миколаївна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ФАХОВИЙ ПЕРЕДВИЩИЙ КОЛЕДЖ "ОПТІМА"</t>
+          <t>Товариство з обмеженою відповідальністю "Фаховий коледж Українського Червоного Хреста"</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>6773</v>
+        <v>7170</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ФАХОВИЙ ПЕРЕДВИЩИЙ КОЛЕДЖ "ОПТІМА"</t>
+          <t>ТОВ "КУЧХ"</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
-          <t>«OPTIMA PROFESSIONALCOLLEGE» Limited Liability Company</t>
+          <t>Professional college of the Ukrainian Red Cross, Limited Liability Company</t>
         </is>
       </c>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J44" s="5"/>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>03126</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>бульв. Гавела Вацлава, 81</t>
+          <t>вул. Ділова, 3</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(044)333-91-87</t>
+          <t>(050)059-20-58</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>office@optima.college</t>
-[...2 lines deleted...]
-      <c r="R44" s="5"/>
+          <t>DG@CNHSU.EDUCATION</t>
+        </is>
+      </c>
+      <c r="R44" s="5" t="inlineStr">
+        <is>
+          <t>https://pcurc.com.ua/</t>
+        </is>
+      </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Т. в. о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Мілецька Марія Олександрівна</t>
+          <t>Соболь Сергій Петрович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж бізнесу та аналітики Національної академії статистики, обліку та аудиту</t>
+          <t>Товариство з обмеженою відповідальністю "ФАХОВИЙ ПЕРЕДВИЩИЙ КОЛЕДЖ "ОПТІМА"</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>1019</v>
-[...3 lines deleted...]
-      </c>
+        <v>6773</v>
+      </c>
+      <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "ФАХОВИЙ ПЕРЕДВИЩИЙ КОЛЕДЖ "ОПТІМА"</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
-          <t>THE PROFESSIONALS COLLEGE OF BUSINESS AND ANALYTICS OF THE NATIONAL ACADEMY OF STATISTICS, ACCOUNTING AND AUDIT</t>
+          <t>«OPTIMA PROFESSIONALCOLLEGE» Limited Liability Company</t>
         </is>
       </c>
       <c r="F45" s="7"/>
       <c r="G45" s="6" t="n">
-        <v>1998</v>
+        <v>2023</v>
       </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J45" s="5"/>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>04107</t>
+          <t>03126</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Підгірна, 1</t>
+          <t>бульв. Гавела Вацлава, 81</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-484-49-41</t>
+          <t>(044)333-91-87</t>
         </is>
       </c>
       <c r="Q45" s="5" t="inlineStr">
         <is>
-          <t>fcba@nasoa.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>office@optima.college</t>
+        </is>
+      </c>
+      <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Шмельов Юрій Миколайович</t>
+          <t>Мілецька Марія Олександрівна</t>
         </is>
       </c>
       <c r="U45" s="8"/>
       <c r="V45" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Закладу вищої освіти «Київський інститут бізнесу та технологій» товариство з обмеженою відповідальністю</t>
+          <t>Фаховий коледж бізнесу та аналітики Національної академії статистики, обліку та аудиту</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>1446</v>
+        <v>1019</v>
       </c>
       <c r="C46" s="6" t="n">
-        <v>289</v>
+        <v>67</v>
       </c>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Київського інституту бізнесу та технологій</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E46" s="5" t="inlineStr">
         <is>
-          <t>Professional College of Higher education institution Kyiv Institute of Business and Technology LLC</t>
+          <t>THE PROFESSIONALS COLLEGE OF BUSINESS AND ANALYTICS OF THE NATIONAL ACADEMY OF STATISTICS, ACCOUNTING AND AUDIT</t>
         </is>
       </c>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2010</v>
+        <v>1998</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J46" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J46" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба статистики України</t>
+        </is>
+      </c>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>01103</t>
+          <t>04107</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Михайла Бойчука, 18-А</t>
+          <t>вул. Підгірна, 1</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>(044) 355 02 42; 353 22 42</t>
+          <t>+380(44)-484-49-41</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>info@kibit.edu.ua</t>
+          <t>fcba@nasoa.edu.ua</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
-          <t>www.kibit.ua</t>
+          <t>http://nasoa.edu.ua.</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
-          <t>Чімишенко Сергій Миколайович</t>
+          <t>Свирида Олена Андріївна</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
+          <t>Фаховий коледж Закладу вищої освіти «Київський інститут бізнесу та технологій» товариство з обмеженою відповідальністю</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>2528</v>
+        <v>1446</v>
       </c>
       <c r="C47" s="6" t="n">
-        <v>195</v>
+        <v>289</v>
       </c>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж ЗВО «МНТУ»</t>
+          <t>Фаховий коледж Київського інституту бізнесу та технологій</t>
         </is>
       </c>
       <c r="E47" s="5" t="inlineStr">
         <is>
-          <t>Applied college Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
+          <t>Professional College of Higher education institution Kyiv Institute of Business and Technology LLC</t>
         </is>
       </c>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2013</v>
+        <v>2010</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>02660</t>
+          <t>01103</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>пров. Магнітогорський, 3</t>
+          <t>вул. Михайла Бойчука, 18-А</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 353-47-07</t>
+          <t>(044) 355 02 42; 353 22 42</t>
         </is>
       </c>
       <c r="Q47" s="5" t="inlineStr">
         <is>
-          <t>komisiya@istu.edu.ua</t>
-[...2 lines deleted...]
-      <c r="R47" s="5"/>
+          <t>info@kibit.edu.ua</t>
+        </is>
+      </c>
+      <c r="R47" s="5" t="inlineStr">
+        <is>
+          <t>www.kibit.ua</t>
+        </is>
+      </c>
       <c r="S47" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Глушко Надія Василівна</t>
+          <t>Чімишенко Сергій Миколайович</t>
         </is>
       </c>
       <c r="U47" s="8"/>
       <c r="V47" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>ФАХОВИЙ КОЛЕДЖ ІНЖЕНЕРІЇ, УПРАВЛІННЯ ТА ЗЕМЛЕВПОРЯДКУВАННЯ ДЕРЖАВНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА "ДЕРЖАВНИЙ УНІВЕРСИТЕТ "КИЇВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
+          <t>Фаховий коледж Закладу вищої освіти «Міжнародний науково-технічний університет імені академіка Юрія Бугая»</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>7230</v>
+        <v>2528</v>
       </c>
       <c r="C48" s="6" t="n">
-        <v>7208</v>
+        <v>195</v>
       </c>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>КІУтЗ КАІ</t>
+          <t>Фаховий коледж ЗВО «МНТУ»</t>
         </is>
       </c>
       <c r="E48" s="5" t="inlineStr">
         <is>
-          <t>Vocational College of Engineering, Management and Land Management of State Non-commercial Company "State University "Kyiv Aviation Institute"</t>
+          <t>Applied college Higher Educational Institution «Academician Yuriy Bugay International Scientific and Technical University»</t>
         </is>
       </c>
       <c r="F48" s="7"/>
-      <c r="G48" s="6"/>
+      <c r="G48" s="6" t="n">
+        <v>2013</v>
+      </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>03065</t>
+          <t>02660</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>вул. Метробудівська, 5-А</t>
+          <t>пров. Магнітогорський, 3</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>044-391-26-27</t>
+          <t>+38 (044) 353-47-07</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>kitu@kai.edu.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>komisiya@istu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
-          <t>Гришко Ніна Олександрівна</t>
+          <t>Глушко Надія Василівна</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж Київського університету інтелектуальної власності та права</t>
+          <t>ФАХОВИЙ КОЛЕДЖ ІНЖЕНЕРІЇ, УПРАВЛІННЯ ТА ЗЕМЛЕВПОРЯДКУВАННЯ ДЕРЖАВНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА "ДЕРЖАВНИЙ УНІВЕРСИТЕТ "КИЇВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>6431</v>
+        <v>7230</v>
       </c>
       <c r="C49" s="6" t="n">
-        <v>5691</v>
+        <v>7208</v>
       </c>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>КІУтЗ КАІ</t>
         </is>
       </c>
       <c r="E49" s="5" t="inlineStr">
         <is>
-          <t>Professional College of the Kyiv university of intellectual property and law</t>
+          <t>Vocational College of Engineering, Management and Land Management of State Non-commercial Company "State University "Kyiv Aviation Institute"</t>
         </is>
       </c>
       <c r="F49" s="7"/>
       <c r="G49" s="6"/>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J49" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J49" s="5" t="inlineStr">
+        <is>
+          <t>Міністерство освіти і науки України</t>
+        </is>
+      </c>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>02121</t>
+          <t>03065</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>Харківське шосе , 210</t>
+          <t>вул. Метробудівська, 5-А</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>+044(56)-380-64</t>
+          <t>044-391-26-27</t>
         </is>
       </c>
       <c r="Q49" s="5" t="inlineStr">
         <is>
-          <t>kiev.law.college@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R49" s="5"/>
+          <t>kitu@kai.edu.ua</t>
+        </is>
+      </c>
+      <c r="R49" s="5" t="inlineStr">
+        <is>
+          <t>www.kiutz.nau.edu.ua</t>
+        </is>
+      </c>
       <c r="S49" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Глобенко Ігор Олександрович</t>
+          <t>Гришко Ніна Олександрівна</t>
         </is>
       </c>
       <c r="U49" s="8"/>
       <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>"Фаховий коледж Київського університету культури"</t>
+          <t>Фаховий коледж Київського університету інтелектуальної власності та права</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>1520</v>
+        <v>6431</v>
       </c>
       <c r="C50" s="6" t="n">
-        <v>310</v>
+        <v>5691</v>
       </c>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E50" s="5" t="inlineStr">
         <is>
-          <t>Professional College of Kyiv University of Culture</t>
+          <t>Professional College of the Kyiv university of intellectual property and law</t>
         </is>
       </c>
       <c r="F50" s="7"/>
-      <c r="G50" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G50" s="6"/>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J50" s="5"/>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>01042</t>
+          <t>02121</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Чигоріна, 20</t>
+          <t>Харківське шосе , 210</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>(044) 2853083; 2846404; 2853083</t>
+          <t>+044(56)-380-64</t>
         </is>
       </c>
       <c r="Q50" s="5" t="inlineStr">
         <is>
-          <t>kuk_kiev@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>kiev.law.college@gmail.com</t>
+        </is>
+      </c>
+      <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T50" s="5" t="inlineStr">
         <is>
-          <t>Ніколайко Галина Василівна</t>
+          <t>Кравченко Ольга Юріївна</t>
         </is>
       </c>
       <c r="U50" s="8"/>
       <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж "Освіта" закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна"</t>
+          <t>"Фаховий коледж Київського університету культури"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>1436</v>
+        <v>1520</v>
       </c>
       <c r="C51" s="6" t="n">
-        <v>217</v>
+        <v>310</v>
       </c>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж "Освіта" університету "Україна"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E51" s="5" t="inlineStr">
         <is>
-          <t>Proffessional college 'Osvita' of Higher Education Institution 'Open International UNIVERSITY of Human Development 'UKRAINE'</t>
+          <t>Professional College of Kyiv University of Culture</t>
         </is>
       </c>
       <c r="F51" s="7"/>
       <c r="G51" s="6" t="n">
-        <v>2003</v>
+        <v>2010</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J51" s="5"/>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>04071</t>
+          <t>01042</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000719633</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Хорива, 1-Г</t>
+          <t>вул. Чигоріна, 20</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+380444092769</t>
+          <t>(044) 2853083; 2846404; 2853083</t>
         </is>
       </c>
       <c r="Q51" s="5" t="inlineStr">
         <is>
-          <t>coll-osvita@uu.ua</t>
+          <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R51" s="5" t="inlineStr">
         <is>
-          <t>http://uu.edu.ua</t>
+          <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>директор коледжу</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Смолянова Світлана Іванівна</t>
+          <t>Ніколайко Галина Василівна</t>
         </is>
       </c>
       <c r="U51" s="8"/>
       <c r="V51" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>Фаховий коледж "Універсум" Київського столичного університету імені Бориса Грінченка</t>
+          <t>Фаховий коледж "Освіта" закладу вищої освіти "Відкритий міжнародний університет розвитку людини "Україна"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>6966</v>
+        <v>1436</v>
       </c>
       <c r="C52" s="6" t="n">
-        <v>6945</v>
+        <v>217</v>
       </c>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>Фаховий коледж "Освіта" університету "Україна"</t>
         </is>
       </c>
       <c r="E52" s="5" t="inlineStr">
         <is>
-          <t>Applied College "Universum" of Borys Grinchenko Kyiv Metropolitan University</t>
+          <t>Proffessional college 'Osvita' of Higher Education Institution 'Open International UNIVERSITY of Human Development 'UKRAINE'</t>
         </is>
       </c>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>2024</v>
+        <v>2003</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J52" s="5"/>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>02091</t>
+          <t>04071</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>просп. Каденюка Леоніда, 16</t>
+          <t>вул. Хорива, 1-Г</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>+044(27)-219-02</t>
+          <t>+38(067)-506-19-89;</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>kudg@kudg.edu.ua</t>
+          <t>coll-osvita@uu.edu.ua</t>
         </is>
       </c>
       <c r="R52" s="5" t="inlineStr">
         <is>
-          <t>https://fku.kubg.edu.ua/</t>
+          <t>coll-osvita.uu.edu.ua</t>
         </is>
       </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор коледжу</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Гейхман Зоя Леонідівна</t>
+          <t>Смолянова Світлана Іванівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Фаховий медико-фармацевтичний коледж Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
+          <t>Фаховий коледж "Універсум" Київського столичного університету імені Бориса Грінченка</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>6695</v>
+        <v>6966</v>
       </c>
       <c r="C53" s="6" t="n">
-        <v>249</v>
+        <v>6945</v>
       </c>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>Фаховий медико-фармацевтичний коледж ПрАТ "ВНЗ "МАУП"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E53" s="5" t="inlineStr">
         <is>
-          <t>Professional Medical and Pharmaceutical College of the Private Joint Stock Company "Higher Educationa Institution "Interregional Academy of Personnel Management"</t>
+          <t>Applied College "Universum" of Borys Grinchenko Kyiv Metropolitan University</t>
         </is>
       </c>
       <c r="F53" s="7"/>
       <c r="G53" s="6" t="n">
-        <v>2021</v>
+        <v>2024</v>
       </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J53" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J53" s="5" t="inlineStr">
+        <is>
+          <t>Міська рада</t>
+        </is>
+      </c>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>03039</t>
+          <t>02091</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Фрометівська, 2</t>
+          <t>просп. Каденюка Леоніда, 16</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>(044)490-95-26</t>
+          <t>+044(27)-219-02</t>
         </is>
       </c>
       <c r="Q53" s="5" t="inlineStr">
         <is>
-          <t>pmphc@maup.com.ua</t>
+          <t>kudg@kudg.edu.ua</t>
         </is>
       </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
-          <t>https://medmaup.college</t>
+          <t>https://fku.kubg.edu.ua/</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Твердохліб Наталія Гнатівна</t>
+          <t>Гейхман Зоя Леонідівна</t>
         </is>
       </c>
       <c r="U53" s="8"/>
       <c r="V53" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ ПРИВАТНОГО ВИЩОГО НАВЧАЛЬНОГО ЗАКЛАДУ «КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ»</t>
+          <t>Фаховий медико-фармацевтичний коледж Приватного акціонерного товариства "Вищий навчальний заклад "Міжрегіональна Академія управління персоналом"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>7274</v>
+        <v>6695</v>
       </c>
       <c r="C54" s="6" t="n">
-        <v>197</v>
+        <v>249</v>
       </c>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ ПВНЗ «КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ»</t>
+          <t>Фаховий медико-фармацевтичний коледж ПрАТ "ВНЗ "МАУП"</t>
         </is>
       </c>
       <c r="E54" s="5" t="inlineStr">
         <is>
-          <t>PROFESSIONAL MEDICAL COLLEGE OF PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>
+          <t>Professional Medical and Pharmaceutical College of the Private Joint Stock Company "Higher Educationa Institution "Interregional Academy of Personnel Management"</t>
         </is>
       </c>
       <c r="F54" s="7"/>
-      <c r="G54" s="6"/>
+      <c r="G54" s="6" t="n">
+        <v>2021</v>
+      </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J54" s="5"/>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>02099</t>
+          <t>03039</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Бориспільська, 2</t>
+          <t>вул. Фрометівська, 2</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-567-29-29</t>
+          <t>(044)490-95-26</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>info@kmu.edu.ua</t>
+          <t>pmphc@maup.com.ua</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>www.kmu.edu.ua</t>
+          <t>https://medmaup.college</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Шевчук Наталія Віталіївна</t>
+          <t>Твердохліб Наталія Гнатівна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Філія "Київський фаховий бізнес-коледж Приватного вищого навчального закладу "Європейський університет"</t>
+          <t>ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ ПРИВАТНОГО ВИЩОГО НАВЧАЛЬНОГО ЗАКЛАДУ «КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ»</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>1063</v>
+        <v>7274</v>
       </c>
       <c r="C55" s="6" t="n">
-        <v>228</v>
+        <v>197</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>Філія "Київський фаховий бізнес-коледж ПВНЗ "Європейський університет"</t>
+          <t>ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ ПВНЗ «КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ»</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
-          <t>Kyiv Professional Business College of Private Higher Educational Establishment "European University"</t>
+          <t>PROFESSIONAL MEDICAL COLLEGE OF PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>
         </is>
       </c>
       <c r="F55" s="7"/>
-      <c r="G55" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G55" s="6"/>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J55" s="5"/>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>03194</t>
+          <t>02099</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>бульв. Миколи Руденка, 15-В</t>
+          <t>вул. Бориспільська, 2</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(062)3874168;</t>
-[...3 lines deleted...]
-      <c r="R55" s="5"/>
+          <t>+380(44)-567-29-29</t>
+        </is>
+      </c>
+      <c r="Q55" s="5" t="inlineStr">
+        <is>
+          <t>info@kmu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R55" s="5" t="inlineStr">
+        <is>
+          <t>www.kmu.edu.ua</t>
+        </is>
+      </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Бабінчук Олена Петрівна</t>
+          <t>Шевчук Наталія Віталіївна</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
+    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
+      <c r="A56" s="5" t="inlineStr">
+        <is>
+          <t>Філія "Київський фаховий бізнес-коледж Приватного вищого навчального закладу "Європейський університет"</t>
+        </is>
+      </c>
+      <c r="B56" s="6" t="n">
+        <v>1063</v>
+      </c>
+      <c r="C56" s="6" t="n">
+        <v>228</v>
+      </c>
+      <c r="D56" s="5" t="inlineStr">
+        <is>
+          <t>Філія "Київський фаховий бізнес-коледж ПВНЗ "Європейський університет"</t>
+        </is>
+      </c>
+      <c r="E56" s="5" t="inlineStr">
+        <is>
+          <t>Kyiv Professional Business College of Private Higher Educational Establishment "European University"</t>
+        </is>
+      </c>
+      <c r="F56" s="7"/>
+      <c r="G56" s="6" t="n">
+        <v>2000</v>
+      </c>
+      <c r="H56" s="5" t="inlineStr">
+        <is>
+          <t>Заклад фахової передвищої освіти</t>
+        </is>
+      </c>
+      <c r="I56" s="5" t="inlineStr">
+        <is>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J56" s="5"/>
+      <c r="K56" s="7" t="inlineStr">
+        <is>
+          <t>03194</t>
+        </is>
+      </c>
+      <c r="L56" s="7" t="inlineStr">
+        <is>
+          <t>UA80000000000875983</t>
+        </is>
+      </c>
+      <c r="M56" s="5" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="N56" s="5" t="inlineStr">
+        <is>
+          <t>м. Київ</t>
+        </is>
+      </c>
+      <c r="O56" s="5" t="inlineStr">
+        <is>
+          <t>бульв. Миколи Руденка, 15-В</t>
+        </is>
+      </c>
+      <c r="P56" s="5" t="inlineStr">
+        <is>
+          <t>(062)3874168;</t>
+        </is>
+      </c>
+      <c r="Q56" s="5"/>
+      <c r="R56" s="5"/>
+      <c r="S56" s="5" t="inlineStr">
+        <is>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T56" s="5" t="inlineStr">
+        <is>
+          <t>Бабінчук Олена Петрівна</t>
+        </is>
+      </c>
+      <c r="U56" s="8"/>
+      <c r="V56" s="5"/>
+    </row>
   </sheetData>
-  <autoFilter ref="A1:V55"/>
+  <autoFilter ref="A1:V56"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>