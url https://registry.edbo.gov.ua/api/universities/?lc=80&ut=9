--- v1 (2025-12-08)
+++ v2 (2026-02-08)
@@ -762,51 +762,51 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Новоукраїнська, 24-А</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
           <t>(044) 4562028, 4584515</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>fk@kink.ukr.education</t>
         </is>
       </c>
       <c r="R6" s="5" t="inlineStr">
         <is>
           <t>https://www.kifk.org</t>
         </is>
       </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Демченко Валерій Антонович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Київський транспортно-економічний фаховий коледж Національного транспортного університету"</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>956</v>
       </c>
       <c r="C7" s="6" t="n">
         <v>24</v>
       </c>
       <c r="D7" s="5" t="inlineStr">
         <is>
           <t>ВСП "КТЕФК НТУ"</t>
@@ -1029,51 +1029,51 @@
           <t>04211</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N9" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O9" s="5" t="inlineStr">
         <is>
           <t>просп. Івасюка Володимира, 2</t>
         </is>
       </c>
       <c r="P9" s="5" t="inlineStr">
         <is>
-          <t>+044(46)-754-17</t>
+          <t>+38(063)-429-19-91;</t>
         </is>
       </c>
       <c r="Q9" s="5" t="inlineStr">
         <is>
           <t>college@kmrf.kiev.ua</t>
         </is>
       </c>
       <c r="R9" s="5"/>
       <c r="S9" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T9" s="5" t="inlineStr">
         <is>
           <t>Герштман Олена Вікторівна</t>
         </is>
       </c>
       <c r="U9" s="8"/>
       <c r="V9" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="10">
       <c r="A10" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Олімпійський фаховий коледж імені Івана Піддубного Національного університету фізичного виховання і спорту України"</t>
@@ -1867,51 +1867,51 @@
           <t>просп. Валерія Лобановського, 119</t>
         </is>
       </c>
       <c r="P18" s="5" t="inlineStr">
         <is>
           <t>(044) 285 84 69</t>
         </is>
       </c>
       <c r="Q18" s="5" t="inlineStr">
         <is>
           <t>ept_maup@ukr.net</t>
         </is>
       </c>
       <c r="R18" s="5" t="inlineStr">
         <is>
           <t>www.kmt-college.kiev.ua</t>
         </is>
       </c>
       <c r="S18" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T18" s="5" t="inlineStr">
         <is>
-          <t>Швець Катерина Павлівна</t>
+          <t>Литовченко Руслан Іванович</t>
         </is>
       </c>
       <c r="U18" s="8"/>
       <c r="V18" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="19">
       <c r="A19" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти «Київський міський медичний фаховий коледж»</t>
         </is>
       </c>
       <c r="B19" s="6" t="n">
         <v>1158</v>
       </c>
       <c r="C19" s="6"/>
       <c r="D19" s="5" t="inlineStr">
         <is>
           <t>ЗФПО «КММФК»</t>
         </is>
       </c>
       <c r="E19" s="5" t="inlineStr">
         <is>
           <t>Professional Pre-Higher Education Institution «Kyiv Municipal Medical Professional College»</t>
         </is>
       </c>
@@ -2373,51 +2373,51 @@
       <c r="E24" s="5" t="inlineStr">
         <is>
           <t>Tetiana Taiakina Kyiv State Ballet College</t>
         </is>
       </c>
       <c r="F24" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G24" s="6" t="n">
         <v>1949</v>
       </c>
       <c r="H24" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I24" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J24" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K24" s="7" t="inlineStr">
         <is>
           <t>04112</t>
         </is>
       </c>
       <c r="L24" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M24" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N24" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O24" s="5" t="inlineStr">
         <is>
           <t>вул. Парково-Сирецька, 4</t>
@@ -5211,51 +5211,51 @@
           <t>вул. Бориспільська, 2</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
           <t>+380(44)-567-29-29</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
           <t>info@kmu.edu.ua</t>
         </is>
       </c>
       <c r="R55" s="5" t="inlineStr">
         <is>
           <t>www.kmu.edu.ua</t>
         </is>
       </c>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T55" s="5" t="inlineStr">
         <is>
-          <t>Шевчук Наталія Віталіївна</t>
+          <t>Власенко Світлана Олександрівна</t>
         </is>
       </c>
       <c r="U55" s="8"/>
       <c r="V55" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
           <t>Філія "Київський фаховий бізнес-коледж Приватного вищого навчального закладу "Європейський університет"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
         <v>1063</v>
       </c>
       <c r="C56" s="6" t="n">
         <v>228</v>
       </c>
       <c r="D56" s="5" t="inlineStr">
         <is>
           <t>Філія "Київський фаховий бізнес-коледж ПВНЗ "Європейський університет"</t>
         </is>
       </c>
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>Kyiv Professional Business College of Private Higher Educational Establishment "European University"</t>