--- v2 (2026-02-08)
+++ v3 (2026-03-25)
@@ -1168,94 +1168,96 @@
       <c r="V10" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="11">
       <c r="A11" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Оптико-механічний фаховий коледж Київського національного університету імені Тараса Шевченка"</t>
         </is>
       </c>
       <c r="B11" s="6" t="n">
         <v>5787</v>
       </c>
       <c r="C11" s="6" t="n">
         <v>41</v>
       </c>
       <c r="D11" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E11" s="5" t="inlineStr">
         <is>
           <t>Separate structural subunit «Optical and mechanical professional college of Taras Shevchenko National University of Kyiv»</t>
         </is>
       </c>
       <c r="F11" s="7"/>
-      <c r="G11" s="6"/>
+      <c r="G11" s="6" t="n">
+        <v>1956</v>
+      </c>
       <c r="H11" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I11" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J11" s="5" t="inlineStr">
         <is>
           <t>Міністерство освіти і науки України</t>
         </is>
       </c>
       <c r="K11" s="7" t="inlineStr">
         <is>
           <t>01010</t>
         </is>
       </c>
       <c r="L11" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M11" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N11" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Левандовська, 6</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-280-23-06</t>
+          <t>+38(044)-280-23-06;</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>omkzpfo@ukr.net</t>
         </is>
       </c>
       <c r="R11" s="5"/>
       <c r="S11" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
           <t>Гаприндашвілі Борис В`ячеславович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ Приватного закладу вищої освіти "Київський міжнародний університет» - "Фаховий коледж Київського міжнародного університету"</t>
@@ -4209,56 +4211,56 @@
           <t>03150</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
           <t>вул. Ділова, 3</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(050)059-20-58</t>
+          <t>+38(050)-059-20-58</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>DG@CNHSU.EDUCATION</t>
+          <t>dg@curc.com.ua</t>
         </is>
       </c>
       <c r="R44" s="5" t="inlineStr">
         <is>
           <t>https://pcurc.com.ua/</t>
         </is>
       </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Т. в. о. директора</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
           <t>Соболь Сергій Петрович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "ФАХОВИЙ ПЕРЕДВИЩИЙ КОЛЕДЖ "ОПТІМА"</t>
         </is>
@@ -4567,59 +4569,63 @@
           <t>02660</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
           <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
           <t>пров. Магнітогорський, 3</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>+38 (044) 353-47-07</t>
+          <t>+38(044)-559-24-33</t>
         </is>
       </c>
       <c r="Q48" s="5" t="inlineStr">
         <is>
-          <t>komisiya@istu.edu.ua</t>
-[...2 lines deleted...]
-      <c r="R48" s="5"/>
+          <t>istu@istu.edu.ua</t>
+        </is>
+      </c>
+      <c r="R48" s="5" t="inlineStr">
+        <is>
+          <t>https://college.istu.edu.ua</t>
+        </is>
+      </c>
       <c r="S48" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5" t="inlineStr">
         <is>
           <t>Глушко Надія Василівна</t>
         </is>
       </c>
       <c r="U48" s="8"/>
       <c r="V48" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
           <t>ФАХОВИЙ КОЛЕДЖ ІНЖЕНЕРІЇ, УПРАВЛІННЯ ТА ЗЕМЛЕВПОРЯДКУВАННЯ ДЕРЖАВНОГО НЕКОМЕРЦІЙНОГО ПІДПРИЄМСТВА "ДЕРЖАВНИЙ УНІВЕРСИТЕТ "КИЇВСЬКИЙ АВІАЦІЙНИЙ ІНСТИТУТ"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
         <v>7230</v>
       </c>
       <c r="C49" s="6" t="n">
         <v>7208</v>
       </c>
@@ -5118,56 +5124,56 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
           <t>вул. Фрометівська, 2</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
           <t>(044)490-95-26</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
           <t>pmphc@maup.com.ua</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
           <t>https://medmaup.college</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Твердохліб Наталія Гнатівна</t>
+          <t>Нечаюк Валентин Олександрович</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
           <t>ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ ПРИВАТНОГО ВИЩОГО НАВЧАЛЬНОГО ЗАКЛАДУ «КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ»</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
         <v>7274</v>
       </c>
       <c r="C55" s="6" t="n">
         <v>197</v>
       </c>
       <c r="D55" s="5" t="inlineStr">
         <is>
           <t>ФАХОВИЙ МЕДИЧНИЙ КОЛЕДЖ ПВНЗ «КИЇВСЬКИЙ МЕДИЧНИЙ УНІВЕРСИТЕТ»</t>
         </is>
       </c>
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>PROFESSIONAL MEDICAL COLLEGE OF PRIVATE HIGHER EDUCATIONAL ESTABLISHMENT "KYIV MEDICAL UNIVERSITY"</t>