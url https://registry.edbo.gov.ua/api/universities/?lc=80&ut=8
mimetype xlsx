--- v0 (2026-01-02)
+++ v1 (2026-02-17)
@@ -392,52 +392,58 @@
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(044) 2775100</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>afukyiv@ukr.net</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>https://afu.kiev.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Єфименко Тетяна Іванівна</t>
         </is>
       </c>
-      <c r="U2" s="8"/>
-      <c r="V2" s="5"/>
+      <c r="U2" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V2" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Державна наукова установа "Інститут інформації, безпеки і права Національної академії правових наук України"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>6572</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ДНУ ІІБП НАПРН УКРАЇНИ</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>STATE SCIENTIFIC INSTITUTION "INSTITUTE OF INFORMATION, SECURITY AND LAW OF THE NATIONAL ACADEMY OF LEGAL SCIENCES OF UKRAINE"</t>
         </is>
       </c>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>2021</v>
       </c>
@@ -676,106 +682,114 @@
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
           <t>Кордюк Олександр Анатолійович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Державна наукова установа "Центр інноваційних медичних технологій НАН України"</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>4211</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>ДНУ "ЦІМТ НАН України"</t>
         </is>
       </c>
-      <c r="E6" s="5"/>
+      <c r="E6" s="5" t="inlineStr">
+        <is>
+          <t>STATE SCIENTIFIC INSTITUTION “CENTER FOR INNOVATIVE MEDICAL TECHNOLOGIES OF THE NAS OF UKRAINE»</t>
+        </is>
+      </c>
       <c r="F6" s="7"/>
       <c r="G6" s="6" t="n">
         <v>2002</v>
       </c>
       <c r="H6" s="5" t="inlineStr">
         <is>
           <t>Наукові інститути (установи)</t>
         </is>
       </c>
       <c r="I6" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J6" s="5" t="inlineStr">
         <is>
           <t>Національна академія наук України</t>
         </is>
       </c>
       <c r="K6" s="7" t="inlineStr">
         <is>
           <t>04053</t>
         </is>
       </c>
       <c r="L6" s="7" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M6" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N6" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O6" s="5" t="inlineStr">
         <is>
           <t>вул. Вознесенський узвіз, 22</t>
         </is>
       </c>
       <c r="P6" s="5" t="inlineStr">
         <is>
-          <t>+044(27)-234-03</t>
+          <t>+38(044)-272-34-03</t>
         </is>
       </c>
       <c r="Q6" s="5" t="inlineStr">
         <is>
           <t>cimtnanu@ukr.net</t>
         </is>
       </c>
-      <c r="R6" s="5"/>
+      <c r="R6" s="5" t="inlineStr">
+        <is>
+          <t>https://cimt.com.ua/</t>
+        </is>
+      </c>
       <c r="S6" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T6" s="5" t="inlineStr">
         <is>
           <t>Тодуров Іван Михайлович</t>
         </is>
       </c>
       <c r="U6" s="8"/>
       <c r="V6" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="7">
       <c r="A7" s="5" t="inlineStr">
         <is>
           <t>Державна наукова установа "Центр інноваційних технологій охорони здоров'я" Державного управління справами</t>
         </is>
       </c>
       <c r="B7" s="6" t="n">
         <v>7174</v>
       </c>
       <c r="C7" s="6"/>
       <c r="D7" s="5" t="inlineStr">
         <is>
@@ -1178,56 +1192,56 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O11" s="5" t="inlineStr">
         <is>
           <t>вул. Святослава Хороброго, 5</t>
         </is>
       </c>
       <c r="P11" s="5" t="inlineStr">
         <is>
           <t>(044)275-66-22</t>
         </is>
       </c>
       <c r="Q11" s="5" t="inlineStr">
         <is>
           <t>stragh.cardio@gmail.com</t>
         </is>
       </c>
       <c r="R11" s="5" t="inlineStr">
         <is>
           <t>https://strazhesko.org.ua/</t>
         </is>
       </c>
       <c r="S11" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>В. о. генерального директора</t>
         </is>
       </c>
       <c r="T11" s="5" t="inlineStr">
         <is>
-          <t>Коваленко Володимир Миколайович</t>
+          <t>Гринь Владислав Костянтинович</t>
         </is>
       </c>
       <c r="U11" s="8"/>
       <c r="V11" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="12">
       <c r="A12" s="5" t="inlineStr">
         <is>
           <t>Державна установа "Всеукраїнський центр материнства та дитинства Національної академії медичних наук України"</t>
         </is>
       </c>
       <c r="B12" s="6" t="n">
         <v>7226</v>
       </c>
       <c r="C12" s="6"/>
       <c r="D12" s="5" t="inlineStr">
         <is>
           <t>ДУ "ВЦМД НАМН України"</t>
         </is>
       </c>
       <c r="E12" s="5" t="inlineStr">
         <is>
           <t>State Institution State Institution "Ukrainian Center of Мaternity and Childhood of the National Academy of Medical Sciences of Ukraine"</t>
         </is>
       </c>
@@ -4097,51 +4111,51 @@
           <t>вул. Клінічна, 25</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
           <t>(044) 2755000, 2755244, 2755366</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
           <t>sugarbeet@ukr.net</t>
         </is>
       </c>
       <c r="R44" s="5" t="inlineStr">
         <is>
           <t>bio.gov.ua</t>
         </is>
       </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Роїк Микола Володимирович</t>
+          <t>Присяжнюк Олег Іванович</t>
         </is>
       </c>
       <c r="U44" s="8"/>
       <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
           <t>Інститут біоколоїдної хімії імені Ф.Д.Овчаренка НАН України</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
         <v>3693</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
           <t>ІБКХ ім.Ф.Д.Овчаренка НАН України</t>
         </is>
       </c>
       <c r="E45" s="5" t="inlineStr">
         <is>
           <t>F.D. Ovcharenko Institute of Biocolloidal Chemestry NAS Ukraine</t>
         </is>
       </c>
@@ -5734,52 +5748,58 @@
       <c r="P62" s="5" t="inlineStr">
         <is>
           <t>(044) 200-55-71, (044) 200-55-73</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
           <t>admin@econindustry.org</t>
         </is>
       </c>
       <c r="R62" s="5" t="inlineStr">
         <is>
           <t>www.iie.org.ua</t>
         </is>
       </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
           <t>Залознова Юлія Станіславівна</t>
         </is>
       </c>
-      <c r="U62" s="8"/>
-      <c r="V62" s="5"/>
+      <c r="U62" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V62" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>Інститут експериментальної патології, онкології і радіобіології ім. Р. Є. Кавецького Національної академії наук України</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
         <v>3694</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
           <t>ІЕПОР ім. Р. Є. Кавецького НАН України</t>
         </is>
       </c>
       <c r="E63" s="5" t="inlineStr">
         <is>
           <t>R.E. Кavetsky Іnstitute of Experimental Pathology, Oncology and Radiobiology of National Academy of Sciences of Ukraine</t>
         </is>
       </c>
       <c r="F63" s="7"/>
       <c r="G63" s="6" t="n">
         <v>2000</v>
       </c>