--- v0 (2025-10-13)
+++ v1 (2025-12-04)
@@ -1185,81 +1185,75 @@
           <t>01032</t>
         </is>
       </c>
       <c r="L12" s="7" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M12" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>пл. Вокзальна, 3</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
-          <t>(044) 2440684; 2263039; 2440719; 2455597</t>
+          <t>+38(044)-244-06-84</t>
         </is>
       </c>
       <c r="Q12" s="5" t="inlineStr">
         <is>
-          <t>info@emsukraine.com.ua</t>
+          <t>info@dpsz.ua</t>
         </is>
       </c>
       <c r="R12" s="5" t="inlineStr">
         <is>
           <t>www.emsukraine.com.ua</t>
         </is>
       </c>
       <c r="S12" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор Державного підприємства спеціального зв'язку</t>
+          <t>В.о. Генерального директора Державного підприємства спеціального зв'язку</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Фоменко Роман Володимирович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Вдовиченко Ігор Миколайович</t>
+        </is>
+      </c>
+      <c r="U12" s="8"/>
+      <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Державний заклад професійної (професійно-технічної) освіти зі специфічними умовами навчання "Академія патрульної поліції"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>4193</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>Академія патрульної поліції</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>State institution of Vocational (vocational and technical) Education with Specific "Academy of Patrol Police"</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
         <v>2017</v>
       </c>
@@ -4175,56 +4169,56 @@
           <t>04074</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
           <t>вул. Вишгородська, 21</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>044-400-97-94</t>
+          <t>+38(044)-400-97-94</t>
         </is>
       </c>
       <c r="Q46" s="5" t="inlineStr">
         <is>
-          <t>kco.kyiv@dsns.gov.ua</t>
+          <t>nmc.kyiv@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R46" s="5" t="inlineStr">
         <is>
           <t>http://kiev.nmc.dsns.gov.ua/</t>
         </is>
       </c>
       <c r="S46" s="5" t="inlineStr">
         <is>
           <t>Начальник центру</t>
         </is>
       </c>
       <c r="T46" s="5" t="inlineStr">
         <is>
           <t>Войтенко Василь Васильович</t>
         </is>
       </c>
       <c r="U46" s="8"/>
       <c r="V46" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
           <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Харківської області</t>
         </is>
@@ -4665,56 +4659,56 @@
           <t>04136</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
           <t>вул. Стеценка, 1 а</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>(044)459-07-40</t>
+          <t>+38(044)-459-07-40</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>kanckrem@dtek.com</t>
+          <t>krem@dtek.com</t>
         </is>
       </c>
       <c r="R52" s="5"/>
       <c r="S52" s="5" t="inlineStr">
         <is>
           <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
           <t>Шайда Віталій Євгенович</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
           <t>Приватне акціонерне товариство "Отіс"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
         <v>4653</v>
       </c>
@@ -5173,65 +5167,65 @@
           <t>04107</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
           <t>вул. Підгірна, 28А</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>044 251 14 18</t>
-[...6 lines deleted...]
-      </c>
+          <t>0444842570;</t>
+        </is>
+      </c>
+      <c r="Q58" s="5"/>
       <c r="R58" s="5"/>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...2 lines deleted...]
-      <c r="T58" s="5"/>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T58" s="5" t="inlineStr">
+        <is>
+          <t>Бернацький Віталій Аркадійович</t>
+        </is>
+      </c>
       <c r="U58" s="8"/>
       <c r="V58" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "УКРПРОМЛІФТЗВАР"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
         <v>2477</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
         <v>2001</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
@@ -6746,51 +6740,51 @@
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
           <t>вул. Оленівська, 25</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
           <t>+380(44)-379-13-11</t>
         </is>
       </c>
       <c r="Q77" s="5" t="inlineStr">
         <is>
           <t>kcmt@iptelecom.net.net</t>
         </is>
       </c>
       <c r="R77" s="5"/>
       <c r="S77" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
           <t>Омельян Юрій Віталійович</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "КОСМО-ТРЕЙД АА"</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
         <v>3783</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
@@ -7895,61 +7889,61 @@
           <t>04080</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
           <t>вул. Нижньоюрківська, 9</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>(099)098-75-86</t>
+          <t>+38(099)-098-75-86</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
           <t>office@demining.school</t>
         </is>
       </c>
       <c r="R91" s="5" t="inlineStr">
         <is>
-          <t>https://testdom83.pp.ua/</t>
+          <t>https://demining.school/</t>
         </is>
       </c>
       <c r="S91" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T91" s="5" t="inlineStr">
         <is>
           <t>Ковальов Андрій Валерійович</t>
         </is>
       </c>
       <c r="U91" s="8"/>
       <c r="V91" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат (К)"</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
         <v>3244</v>
       </c>
       <c r="C92" s="6"/>