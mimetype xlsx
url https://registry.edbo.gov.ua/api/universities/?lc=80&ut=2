--- v1 (2025-12-04)
+++ v2 (2026-02-04)
@@ -6,51 +6,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="Calc"/>
   <workbookPr backupFile="false" showObjects="all" date1904="false"/>
   <workbookProtection/>
   <bookViews>
     <workbookView activeTab="0" firstSheet="0" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="212" windowHeight="8192" windowWidth="16384" xWindow="0" yWindow="0"/>
   </bookViews>
   <sheets>
     <sheet name="Заклади освіти" sheetId="1" state="visible" r:id="rId2"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$99</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">'Заклади освіти'!$A$1:$V$98</definedName>
   </definedNames>
   <calcPr iterateCount="100" refMode="A1" iterate="false" iterateDelta="0.001"/>
 </workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="4">
     <numFmt numFmtId="164" formatCode="GENERAL"/>
     <numFmt numFmtId="165" formatCode="@"/>
     <numFmt numFmtId="166" formatCode="0"/>
     <numFmt numFmtId="167" formatCode="DD.MM.YYYY"/>
   </numFmts>
   <fonts count="5">
     <font>
       <name val="Arial"/>
       <charset val="1"/>
       <family val="2"/>
       <sz val="10"/>
     </font>
     <font>
       <name val="Arial"/>
       <family val="0"/>
       <sz val="10"/>
     </font>
@@ -158,51 +158,51 @@
       <alignment horizontal="center" vertical="center" textRotation="0" wrapText="true" indent="0" shrinkToFit="false"/>
       <protection locked="true" hidden="false"/>
     </xf>
   </cellXfs>
   <cellStyles count="6">
     <cellStyle builtinId="0" customBuiltin="false" name="Normal" xfId="0"/>
     <cellStyle builtinId="3" customBuiltin="false" name="Comma" xfId="15"/>
     <cellStyle builtinId="6" customBuiltin="false" name="Comma [0]" xfId="16"/>
     <cellStyle builtinId="4" customBuiltin="false" name="Currency" xfId="17"/>
     <cellStyle builtinId="7" customBuiltin="false" name="Currency [0]" xfId="18"/>
     <cellStyle builtinId="5" customBuiltin="false" name="Percent" xfId="19"/>
   </cellStyles>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/>
 </Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <sheetPr filterMode="false">
     <pageSetUpPr fitToPage="false"/>
   </sheetPr>
-  <dimension ref="A1:V99"/>
+  <dimension ref="A1:V98"/>
   <sheetViews>
     <sheetView colorId="64" defaultGridColor="true" rightToLeft="false" showFormulas="false" showGridLines="true" showOutlineSymbols="true" showRowColHeaders="true" showZeros="true" tabSelected="true" topLeftCell="A1" view="normal" windowProtection="false" workbookViewId="0" zoomScale="100" zoomScaleNormal="100" zoomScalePageLayoutView="100">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A2" activeCellId="0" pane="bottomLeft" sqref="A2"/>
     </sheetView>
   </sheetViews>
   <cols>
     <col collapsed="false" hidden="false" max="1" min="1" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="2" min="2" style="0" customWidth="true" width="7"/>
     <col collapsed="false" hidden="false" max="3" min="3" style="0" customWidth="true" width="11"/>
     <col collapsed="false" hidden="false" max="4" min="4" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="5" min="5" style="0" customWidth="true" width="50"/>
     <col collapsed="false" hidden="false" max="6" min="6" style="0" customWidth="true" width="10"/>
     <col collapsed="false" hidden="false" max="7" min="7" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="8" min="8" style="0" customWidth="true" width="24"/>
     <col collapsed="false" hidden="false" max="9" min="9" style="0" customWidth="true" width="15"/>
     <col collapsed="false" hidden="false" max="10" min="10" style="0" customWidth="true" width="30"/>
     <col collapsed="false" hidden="false" max="11" min="11" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="12" min="12" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="13" min="13" style="0" customWidth="true" width="12"/>
     <col collapsed="false" hidden="false" max="14" min="14" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="15" min="15" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="16" min="16" style="0" customWidth="true" width="20"/>
     <col collapsed="false" hidden="false" max="17" min="17" style="0" customWidth="true" width="25"/>
     <col collapsed="false" hidden="false" max="18" min="18" style="0" customWidth="true" width="40"/>
@@ -1541,61 +1541,61 @@
           <t>04070</t>
         </is>
       </c>
       <c r="L16" s="7" t="inlineStr">
         <is>
           <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M16" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N16" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O16" s="5" t="inlineStr">
         <is>
           <t>вул. Братська, 12</t>
         </is>
       </c>
       <c r="P16" s="5" t="inlineStr">
         <is>
-          <t>(044) 428-71-04</t>
+          <t>+38(044)-428-71-04</t>
         </is>
       </c>
       <c r="Q16" s="5" t="inlineStr">
         <is>
-          <t>info@kvpuvt.kiev.ua</t>
+          <t>info@kvpuvt.kyiv.ua</t>
         </is>
       </c>
       <c r="R16" s="5" t="inlineStr">
         <is>
-          <t>http://kvpuvt.kiev.ua</t>
+          <t>http://kvpuvt.kyiv.ua</t>
         </is>
       </c>
       <c r="S16" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T16" s="5" t="inlineStr">
         <is>
           <t>Михлик Людмила Іванівна</t>
         </is>
       </c>
       <c r="U16" s="8"/>
       <c r="V16" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="17">
       <c r="A17" s="5" t="inlineStr">
         <is>
           <t>Дочірнє підприємство Державної компанії «Укрспецекспорт» - Державне підприємство «Укроборонсервіс»</t>
         </is>
       </c>
       <c r="B17" s="6" t="n">
         <v>7204</v>
       </c>
       <c r="C17" s="6"/>
@@ -1986,58 +1986,52 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O21" s="5" t="inlineStr">
         <is>
           <t>вул. Курортна, 6</t>
         </is>
       </c>
       <c r="P21" s="5" t="inlineStr">
         <is>
           <t>(044) 401 93 93, 401 84 22, 431 84 22</t>
         </is>
       </c>
       <c r="Q21" s="5"/>
       <c r="R21" s="5"/>
       <c r="S21" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T21" s="5" t="inlineStr">
         <is>
           <t>Бражник Тамара Олексіївна</t>
         </is>
       </c>
-      <c r="U21" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U21" s="8"/>
+      <c r="V21" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="22">
       <c r="A22" s="5" t="inlineStr">
         <is>
           <t>Комунальне некомерційне підприємство Київської обласної ради "Київська обласна клінічна лікарня"</t>
         </is>
       </c>
       <c r="B22" s="6" t="n">
         <v>6383</v>
       </c>
       <c r="C22" s="6"/>
       <c r="D22" s="5" t="inlineStr">
         <is>
           <t>КНП КОР "Київська обласна клінічна лікарня"</t>
         </is>
       </c>
       <c r="E22" s="5"/>
       <c r="F22" s="7"/>
       <c r="G22" s="6"/>
       <c r="H22" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I22" s="5" t="inlineStr">
@@ -2424,6193 +2418,6107 @@
         <is>
           <t>kpel@ukr.net</t>
         </is>
       </c>
       <c r="R26" s="5" t="inlineStr">
         <is>
           <t>http://www.kpel.kiev.ua</t>
         </is>
       </c>
       <c r="S26" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T26" s="5" t="inlineStr">
         <is>
           <t>Михальчук Олександр Іванович</t>
         </is>
       </c>
       <c r="U26" s="8"/>
       <c r="V26" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="27">
       <c r="A27" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж автомобільного транспорту та будівельної механізації"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж автотранспортних технологій"</t>
         </is>
       </c>
       <c r="B27" s="6" t="n">
-        <v>6778</v>
+        <v>6792</v>
       </c>
       <c r="C27" s="6"/>
       <c r="D27" s="5" t="inlineStr">
         <is>
-          <t>КПКАТБМ</t>
+          <t>КПКАТ</t>
         </is>
       </c>
       <c r="E27" s="5" t="inlineStr">
         <is>
-          <t>Communal institution of professional (vocational and technical) education "Kyiv Vocational College of Motor Vehicle Transport and Construction Mechanization"</t>
+          <t>Municipal Institution of Professional (Technical and Vocational) Education "Kyiv Professional College of Motor Transport Technology"</t>
         </is>
       </c>
       <c r="F27" s="7"/>
       <c r="G27" s="6" t="n">
-        <v>1979</v>
+        <v>1984</v>
       </c>
       <c r="H27" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I27" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J27" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K27" s="7" t="inlineStr">
         <is>
-          <t>03680</t>
+          <t>03045</t>
         </is>
       </c>
       <c r="L27" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M27" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N27" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O27" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзюби Івана, 15А</t>
+          <t>вул. Столичне шосе, 98-А</t>
         </is>
       </c>
       <c r="P27" s="5" t="inlineStr">
         <is>
-          <t>+38(099)-670-0273</t>
+          <t>+380(44)-259-41-58</t>
         </is>
       </c>
       <c r="Q27" s="5" t="inlineStr">
         <is>
-          <t>vpuavto@gmail.com</t>
+          <t>kpk.avtoteh@gmail.com</t>
         </is>
       </c>
       <c r="R27" s="5" t="inlineStr">
         <is>
-          <t>www.budmechavto.com.ua</t>
+          <t>http://kpkat.kyiv.ua</t>
         </is>
       </c>
       <c r="S27" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T27" s="5" t="inlineStr">
         <is>
-          <t>Лук`яненко Вікторія Вікторівна</t>
+          <t>Гоменюк Дмитро Васильович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж автотранспортних технологій"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж артдизайну"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
-        <v>6792</v>
+        <v>6779</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
-          <t>КПКАТ</t>
+          <t>КПКАД</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Municipal Institution of Professional (Technical and Vocational) Education "Kyiv Professional College of Motor Transport Technology"</t>
+          <t>Municipal institution of vocational (vocational and technical) education "Kyiv Vocational College of Art Design</t>
         </is>
       </c>
       <c r="F28" s="7"/>
-      <c r="G28" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G28" s="6"/>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
-          <t>03045</t>
+          <t>03134</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M28" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N28" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O28" s="5" t="inlineStr">
         <is>
-          <t>вул. Столичне шосе, 98-А</t>
+          <t>вул. Дзюби Івана, 13</t>
         </is>
       </c>
       <c r="P28" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-259-41-58</t>
+          <t>0672616077</t>
         </is>
       </c>
       <c r="Q28" s="5" t="inlineStr">
         <is>
-          <t>kpk.avtoteh@gmail.com</t>
+          <t>mzum1968@gmail.com</t>
         </is>
       </c>
       <c r="R28" s="5" t="inlineStr">
         <is>
-          <t>http://kpkat.kyiv.ua</t>
+          <t>www.jewelart.сom.ua</t>
         </is>
       </c>
       <c r="S28" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T28" s="5" t="inlineStr">
         <is>
-          <t>Гоменюк Дмитро Васильович</t>
+          <t>Авраменко Ольга Олексіївна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж артдизайну"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж будівництва і комунального господарства"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
-        <v>6779</v>
+        <v>6907</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
-          <t>КПКАД</t>
+          <t>КПКБіКГ</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Municipal institution of vocational (vocational and technical) education "Kyiv Vocational College of Art Design</t>
+          <t>Communal institution of vocational education "Kyiv vocational college construction and communal economy"</t>
         </is>
       </c>
       <c r="F29" s="7"/>
-      <c r="G29" s="6"/>
+      <c r="G29" s="6" t="n">
+        <v>1984</v>
+      </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
-          <t>03134</t>
+          <t>03164</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
-          <t>вул. Дзюби Івана, 13</t>
+          <t>вул. Клавдіївська, 21</t>
         </is>
       </c>
       <c r="P29" s="5" t="inlineStr">
         <is>
-          <t>0672616077</t>
+          <t>0442946904</t>
         </is>
       </c>
       <c r="Q29" s="5" t="inlineStr">
         <is>
-          <t>mzum1968@gmail.com</t>
+          <t>licey_19@ukr.net</t>
         </is>
       </c>
       <c r="R29" s="5" t="inlineStr">
         <is>
-          <t>www.jewelart.сom.ua</t>
+          <t>kpkbikg.kyiv.ua</t>
         </is>
       </c>
       <c r="S29" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T29" s="5" t="inlineStr">
         <is>
-          <t>Авраменко Ольга Олексіївна</t>
+          <t>Хоменко Ігор Володимирович</t>
         </is>
       </c>
       <c r="U29" s="8"/>
       <c r="V29" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="30">
       <c r="A30" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж будівництва і архітектури"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж з посиленою військовою та фізичною підготовкою"</t>
         </is>
       </c>
       <c r="B30" s="6" t="n">
-        <v>6772</v>
+        <v>7004</v>
       </c>
       <c r="C30" s="6"/>
       <c r="D30" s="5" t="inlineStr">
         <is>
-          <t>КПКБІА</t>
-[...2 lines deleted...]
-      <c r="E30" s="5"/>
+          <t>КПК ПВФП</t>
+        </is>
+      </c>
+      <c r="E30" s="5" t="inlineStr">
+        <is>
+          <t>Communal institution of professional (vocational and technical) education “Kyiv Vocational College with inforced military and physical training”</t>
+        </is>
+      </c>
       <c r="F30" s="7"/>
       <c r="G30" s="6"/>
       <c r="H30" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I30" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J30" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K30" s="7" t="inlineStr">
         <is>
-          <t>03164</t>
+          <t>01032</t>
         </is>
       </c>
       <c r="L30" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M30" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N30" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O30" s="5" t="inlineStr">
         <is>
-          <t>вул. Клавдіївська, 22</t>
+          <t>бульв. Шевченка Тараса, 56</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
-          <t>+38(067)-620-00-91;</t>
-[...3 lines deleted...]
-      <c r="R30" s="5"/>
+          <t>(044) 235-16-40</t>
+        </is>
+      </c>
+      <c r="Q30" s="5" t="inlineStr">
+        <is>
+          <t>mvpu@ukr.net</t>
+        </is>
+      </c>
+      <c r="R30" s="5" t="inlineStr">
+        <is>
+          <t>pkvfp.kiev.ua</t>
+        </is>
+      </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Бараненко Юлія Василівна</t>
+          <t>Петрович Василь Сергійович</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж будівництва і комунального господарства"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж залізничного транспорту імені В.С. Кудряшова"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
-        <v>6907</v>
+        <v>6921</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
-          <t>КПКБіКГ</t>
-[...6 lines deleted...]
-      </c>
+          <t>КПКЗТ ІМЕНІ КУДРЯШОВА</t>
+        </is>
+      </c>
+      <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
-        <v>1984</v>
+        <v>2023</v>
       </c>
       <c r="H31" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I31" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J31" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K31" s="7" t="inlineStr">
         <is>
-          <t>03164</t>
+          <t>03049</t>
         </is>
       </c>
       <c r="L31" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M31" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N31" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O31" s="5" t="inlineStr">
         <is>
-          <t>вул. Клавдіївська, 21</t>
+          <t>вул. Архітектора Кобелєва, 1/5</t>
         </is>
       </c>
       <c r="P31" s="5" t="inlineStr">
         <is>
-          <t>0442946904</t>
+          <t>+380(44)-465-28-30</t>
         </is>
       </c>
       <c r="Q31" s="5" t="inlineStr">
         <is>
-          <t>licey_19@ukr.net</t>
+          <t>office@kpkzt.kyiv.ua</t>
         </is>
       </c>
       <c r="R31" s="5" t="inlineStr">
         <is>
-          <t>kpkbikg.kyiv.ua</t>
+          <t>kpkzt.kyiv.ua</t>
         </is>
       </c>
       <c r="S31" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Виконуюча обов'язки директора</t>
         </is>
       </c>
       <c r="T31" s="5" t="inlineStr">
         <is>
-          <t>Хоменко Ігор Володимирович</t>
+          <t>Ковальчук Людмила Петрівна</t>
         </is>
       </c>
       <c r="U31" s="8"/>
       <c r="V31" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="32">
       <c r="A32" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж з посиленою військовою та фізичною підготовкою"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж інформаційних технологій та поліграфії"</t>
         </is>
       </c>
       <c r="B32" s="6" t="n">
-        <v>7004</v>
+        <v>6776</v>
       </c>
       <c r="C32" s="6"/>
       <c r="D32" s="5" t="inlineStr">
         <is>
-          <t>КПК ПВФП</t>
+          <t>КПКІТП</t>
         </is>
       </c>
       <c r="E32" s="5" t="inlineStr">
         <is>
-          <t>Communal institution of professional (vocational and technical) education “Kyiv Vocational College with inforced military and physical training”</t>
+          <t>Municipal institution of professional (vocational-technical) education "Kyiv professional college of information technology and printing"</t>
         </is>
       </c>
       <c r="F32" s="7"/>
       <c r="G32" s="6"/>
       <c r="H32" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I32" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J32" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K32" s="7" t="inlineStr">
         <is>
-          <t>01032</t>
+          <t>03067</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
-          <t>бульв. Шевченка Тараса, 56</t>
+          <t>вул. Грушецька, 13</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>(044) 235-16-40</t>
+          <t>+044(45)-652-05</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
-          <t>mvpu@ukr.net</t>
+          <t>kvppu1903@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5" t="inlineStr">
         <is>
-          <t>pkvfp.kiev.ua</t>
+          <t>www.kpkitp.kiev.ua</t>
         </is>
       </c>
       <c r="S32" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
-          <t>Петрович Василь Сергійович</t>
+          <t>Гончаренко Алла Іванівна</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="33">
       <c r="A33" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж залізничного транспорту імені В.С. Кудряшова"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж "ЛІВОБЕРЕЖНИЙ"</t>
         </is>
       </c>
       <c r="B33" s="6" t="n">
-        <v>6921</v>
+        <v>6770</v>
       </c>
       <c r="C33" s="6"/>
       <c r="D33" s="5" t="inlineStr">
         <is>
-          <t>КПКЗТ ІМЕНІ КУДРЯШОВА</t>
-[...2 lines deleted...]
-      <c r="E33" s="5"/>
+          <t>КПК "ЛІВОБЕРЕЖНИЙ"</t>
+        </is>
+      </c>
+      <c r="E33" s="5" t="inlineStr">
+        <is>
+          <t>Municipal institution of professional (vocational and technical) education "Kyiv Vocational College "LIVOBEREZHNYI"</t>
+        </is>
+      </c>
       <c r="F33" s="7"/>
-      <c r="G33" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G33" s="6"/>
       <c r="H33" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I33" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J33" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K33" s="7" t="inlineStr">
         <is>
-          <t>03049</t>
+          <t>02125</t>
         </is>
       </c>
       <c r="L33" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M33" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N33" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O33" s="5" t="inlineStr">
         <is>
-          <t>вул. Архітектора Кобелєва, 1/5</t>
+          <t>вул. Старосільська, 2</t>
         </is>
       </c>
       <c r="P33" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-465-28-30</t>
+          <t>(044) 5406906</t>
         </is>
       </c>
       <c r="Q33" s="5" t="inlineStr">
         <is>
-          <t>office@kpkzt.kyiv.ua</t>
+          <t>kpkl@kpkl.org.ua</t>
         </is>
       </c>
       <c r="R33" s="5" t="inlineStr">
         <is>
-          <t>kpkzt.kyiv.ua</t>
+          <t>https://kpkl.org.ua/</t>
         </is>
       </c>
       <c r="S33" s="5" t="inlineStr">
         <is>
-          <t>Виконуюча обов'язки директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T33" s="5" t="inlineStr">
         <is>
-          <t>Ковальчук Людмила Петрівна</t>
+          <t>Деревлюк Вікторія Володимирівна</t>
         </is>
       </c>
       <c r="U33" s="8"/>
       <c r="V33" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="34">
       <c r="A34" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж інформаційних технологій та поліграфії"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж мистецтва та технологій сервісу"</t>
         </is>
       </c>
       <c r="B34" s="6" t="n">
-        <v>6776</v>
+        <v>6777</v>
       </c>
       <c r="C34" s="6"/>
       <c r="D34" s="5" t="inlineStr">
         <is>
-          <t>КПКІТП</t>
+          <t>КПКМТС</t>
         </is>
       </c>
       <c r="E34" s="5" t="inlineStr">
         <is>
-          <t>Municipal institution of professional (vocational-technical) education "Kyiv professional college of information technology and printing"</t>
+          <t>Communal institution of vocational (vocational and technical) education "Kyiv vocational college of art and service technologies"</t>
         </is>
       </c>
       <c r="F34" s="7"/>
-      <c r="G34" s="6"/>
+      <c r="G34" s="6" t="n">
+        <v>1945</v>
+      </c>
       <c r="H34" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I34" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J34" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K34" s="7" t="inlineStr">
         <is>
-          <t>03067</t>
+          <t>03087</t>
         </is>
       </c>
       <c r="L34" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M34" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N34" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O34" s="5" t="inlineStr">
         <is>
-          <t>вул. Грушецька, 13</t>
+          <t>вул. Єреванська, 12 А</t>
         </is>
       </c>
       <c r="P34" s="5" t="inlineStr">
         <is>
-          <t>+044(45)-652-05</t>
+          <t>(044) 2424407; (044) 2424406</t>
         </is>
       </c>
       <c r="Q34" s="5" t="inlineStr">
         <is>
-          <t>kvppu1903@gmail.com</t>
+          <t>kpkmts46@gmail.com</t>
         </is>
       </c>
       <c r="R34" s="5" t="inlineStr">
         <is>
-          <t>www.kpkitp.kiev.ua</t>
+          <t>https://kpkmts.wixsite.com/kpk46</t>
         </is>
       </c>
       <c r="S34" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T34" s="5" t="inlineStr">
         <is>
-          <t>Гончаренко Алла Іванівна</t>
+          <t>Горбатюк Наталія Аркадіївна</t>
         </is>
       </c>
       <c r="U34" s="8"/>
       <c r="V34" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="35">
       <c r="A35" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж "ЛІВОБЕРЕЖНИЙ"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж "СИНЕРГІЯ"</t>
         </is>
       </c>
       <c r="B35" s="6" t="n">
-        <v>6770</v>
+        <v>6768</v>
       </c>
       <c r="C35" s="6"/>
       <c r="D35" s="5" t="inlineStr">
         <is>
-          <t>КПК "ЛІВОБЕРЕЖНИЙ"</t>
+          <t>КПК "СИНЕРГІЯ"</t>
         </is>
       </c>
       <c r="E35" s="5" t="inlineStr">
         <is>
-          <t>Municipal institution of professional (vocational and technical) education "Kyiv Vocational College "LIVOBEREZHNYI"</t>
+          <t>Municipal institution of professional (vocational) education "Kyiv Vocational College "SYNERGY"</t>
         </is>
       </c>
       <c r="F35" s="7"/>
       <c r="G35" s="6"/>
       <c r="H35" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I35" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J35" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K35" s="7" t="inlineStr">
         <is>
-          <t>02125</t>
+          <t>03061</t>
         </is>
       </c>
       <c r="L35" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M35" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N35" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O35" s="5" t="inlineStr">
         <is>
-          <t>вул. Старосільська, 2</t>
+          <t>вул. Шепелєва Миколи, 3</t>
         </is>
       </c>
       <c r="P35" s="5" t="inlineStr">
         <is>
-          <t>(044) 5406906</t>
+          <t>+380(067)-181-76-52</t>
         </is>
       </c>
       <c r="Q35" s="5" t="inlineStr">
         <is>
-          <t>kpkl@kpkl.org.ua</t>
+          <t>kpksynergia@gmail.com</t>
         </is>
       </c>
       <c r="R35" s="5" t="inlineStr">
         <is>
-          <t>https://kpkl.org.ua/</t>
+          <t>www.kpksynergia.com</t>
         </is>
       </c>
       <c r="S35" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T35" s="5" t="inlineStr">
         <is>
-          <t>Деревлюк Вікторія Володимирівна</t>
+          <t>Алексенко Георгій В`ячеславович</t>
         </is>
       </c>
       <c r="U35" s="8"/>
       <c r="V35" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="36">
       <c r="A36" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж мистецтва та технологій сервісу"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж сфери послуг"</t>
         </is>
       </c>
       <c r="B36" s="6" t="n">
-        <v>6777</v>
+        <v>6781</v>
       </c>
       <c r="C36" s="6"/>
       <c r="D36" s="5" t="inlineStr">
         <is>
-          <t>КПКМТС</t>
-[...6 lines deleted...]
-      </c>
+          <t>КПКСП</t>
+        </is>
+      </c>
+      <c r="E36" s="5"/>
       <c r="F36" s="7"/>
       <c r="G36" s="6" t="n">
-        <v>1945</v>
+        <v>2023</v>
       </c>
       <c r="H36" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I36" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J36" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K36" s="7" t="inlineStr">
         <is>
-          <t>03087</t>
+          <t>03170</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
-          <t>вул. Єреванська, 12 А</t>
+          <t>вул. Кільцева дорога, 4-А</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(044) 2424407; (044) 2424406</t>
+          <t>+380(44)-276-57-72</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
-          <t>kpkmts46@gmail.com</t>
+          <t>vpu33@ukr.net</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>https://kpkmts.wixsite.com/kpk46</t>
+          <t>www.vpu33.com.ua</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
-          <t>Горбатюк Наталія Аркадіївна</t>
+          <t>Моторний Микола Миколайович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж "СИНЕРГІЯ"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж технологій та дизайну"</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
-        <v>6768</v>
+        <v>6862</v>
       </c>
       <c r="C37" s="6"/>
       <c r="D37" s="5" t="inlineStr">
         <is>
-          <t>КПК "СИНЕРГІЯ"</t>
-[...6 lines deleted...]
-      </c>
+          <t>КПКТД</t>
+        </is>
+      </c>
+      <c r="E37" s="5"/>
       <c r="F37" s="7"/>
       <c r="G37" s="6"/>
       <c r="H37" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I37" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J37" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K37" s="7" t="inlineStr">
         <is>
-          <t>03061</t>
+          <t>04073</t>
         </is>
       </c>
       <c r="L37" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M37" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N37" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O37" s="5" t="inlineStr">
         <is>
-          <t>вул. Шепелєва Миколи, 3</t>
+          <t>пров. Куренівський, 4</t>
         </is>
       </c>
       <c r="P37" s="5" t="inlineStr">
         <is>
-          <t>+380(067)-181-76-52</t>
+          <t>+044(33)-953-01</t>
         </is>
       </c>
       <c r="Q37" s="5" t="inlineStr">
         <is>
-          <t>kpksynergia@gmail.com</t>
+          <t>kvputd@ukr.net</t>
         </is>
       </c>
       <c r="R37" s="5" t="inlineStr">
         <is>
-          <t>www.kpksynergia.com</t>
+          <t>http://cpotd.kiev.ua/</t>
         </is>
       </c>
       <c r="S37" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>В.о. директора</t>
         </is>
       </c>
       <c r="T37" s="5" t="inlineStr">
         <is>
-          <t>Алексенко Георгій В`ячеславович</t>
+          <t>Фесун Наталія Василівна</t>
         </is>
       </c>
       <c r="U37" s="8"/>
       <c r="V37" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="38">
       <c r="A38" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж сфери послуг"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж технологій та дизайну одягу"</t>
         </is>
       </c>
       <c r="B38" s="6" t="n">
-        <v>6781</v>
+        <v>6769</v>
       </c>
       <c r="C38" s="6"/>
       <c r="D38" s="5" t="inlineStr">
         <is>
-          <t>КПКСП</t>
-[...2 lines deleted...]
-      <c r="E38" s="5"/>
+          <t>КПКТДО</t>
+        </is>
+      </c>
+      <c r="E38" s="5" t="inlineStr">
+        <is>
+          <t>Communal Institution of Professional (Professional and Technical) Education «Kyiv Professional College of Clothing Technologies and Design»</t>
+        </is>
+      </c>
       <c r="F38" s="7"/>
-      <c r="G38" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G38" s="6"/>
       <c r="H38" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I38" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J38" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K38" s="7" t="inlineStr">
         <is>
-          <t>03170</t>
+          <t>02094</t>
         </is>
       </c>
       <c r="L38" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M38" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N38" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O38" s="5" t="inlineStr">
         <is>
-          <t>вул. Кільцева дорога, 4-А</t>
+          <t>просп. Каденюка Леоніда, 22</t>
         </is>
       </c>
       <c r="P38" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-276-57-72</t>
+          <t>(044) 292-17-10</t>
         </is>
       </c>
       <c r="Q38" s="5" t="inlineStr">
         <is>
-          <t>vpu33@ukr.net</t>
+          <t>kpktdo@ukr.net</t>
         </is>
       </c>
       <c r="R38" s="5" t="inlineStr">
         <is>
-          <t>www.vpu33.com.ua</t>
+          <t>http://kpktdo.com</t>
         </is>
       </c>
       <c r="S38" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T38" s="5" t="inlineStr">
         <is>
-          <t>Моторний Микола Миколайович</t>
+          <t>Петрович Світлана Миколаївна</t>
         </is>
       </c>
       <c r="U38" s="8"/>
       <c r="V38" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="39">
       <c r="A39" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж технологій та дизайну"</t>
+          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж цивільного будівництва"</t>
         </is>
       </c>
       <c r="B39" s="6" t="n">
-        <v>6862</v>
+        <v>6791</v>
       </c>
       <c r="C39" s="6"/>
       <c r="D39" s="5" t="inlineStr">
         <is>
-          <t>КПКТД</t>
-[...2 lines deleted...]
-      <c r="E39" s="5"/>
+          <t>КПКЦБ</t>
+        </is>
+      </c>
+      <c r="E39" s="5" t="inlineStr">
+        <is>
+          <t>Municipal Institution of Vocational and Technical Education "Kyiv Vocational College of Civil Construction"</t>
+        </is>
+      </c>
       <c r="F39" s="7"/>
       <c r="G39" s="6"/>
       <c r="H39" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I39" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J39" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K39" s="7" t="inlineStr">
         <is>
-          <t>04073</t>
+          <t>03040</t>
         </is>
       </c>
       <c r="L39" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000551439</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M39" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N39" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O39" s="5" t="inlineStr">
         <is>
-          <t>пров. Куренівський, 4</t>
+          <t>вул. Маричанська, 4</t>
         </is>
       </c>
       <c r="P39" s="5" t="inlineStr">
         <is>
-          <t>+044(33)-953-01</t>
+          <t>+044(25)-730-76</t>
         </is>
       </c>
       <c r="Q39" s="5" t="inlineStr">
         <is>
-          <t>kvputd@ukr.net</t>
+          <t>2573076@gmail.com</t>
         </is>
       </c>
       <c r="R39" s="5" t="inlineStr">
         <is>
-          <t>http://cpotd.kiev.ua/</t>
+          <t>kpktsb.com</t>
         </is>
       </c>
       <c r="S39" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T39" s="5" t="inlineStr">
         <is>
-          <t>Фесун Наталія Василівна</t>
+          <t>Новак Алла Олександрівна</t>
         </is>
       </c>
       <c r="U39" s="8"/>
       <c r="V39" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="40">
       <c r="A40" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж технологій та дизайну одягу"</t>
+          <t>комунальний заклад професійної (професійно-технічної) освіти "Київський професійний технологічний коледж"</t>
         </is>
       </c>
       <c r="B40" s="6" t="n">
-        <v>6769</v>
+        <v>6857</v>
       </c>
       <c r="C40" s="6"/>
       <c r="D40" s="5" t="inlineStr">
         <is>
-          <t>КПКТДО</t>
+          <t>КЗП (ПТ) О"КПТК"</t>
         </is>
       </c>
       <c r="E40" s="5" t="inlineStr">
         <is>
-          <t>Communal Institution of Professional (Professional and Technical) Education «Kyiv Professional College of Clothing Technologies and Design»</t>
+          <t>Municipal institution of professional (vocational and technical) education «Kyiv Vocational Technological College»</t>
         </is>
       </c>
       <c r="F40" s="7"/>
-      <c r="G40" s="6"/>
+      <c r="G40" s="6" t="n">
+        <v>2003</v>
+      </c>
       <c r="H40" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I40" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J40" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K40" s="7" t="inlineStr">
         <is>
-          <t>02094</t>
+          <t>01013</t>
         </is>
       </c>
       <c r="L40" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M40" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N40" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O40" s="5" t="inlineStr">
         <is>
-          <t>просп. Каденюка Леоніда, 22</t>
+          <t>вул. Деревообробна, 3</t>
         </is>
       </c>
       <c r="P40" s="5" t="inlineStr">
         <is>
-          <t>(044) 292-17-10</t>
+          <t>+380(44)-285-51-70</t>
         </is>
       </c>
       <c r="Q40" s="5" t="inlineStr">
         <is>
-          <t>kpktdo@ukr.net</t>
+          <t>kptk@ukr.net</t>
         </is>
       </c>
       <c r="R40" s="5" t="inlineStr">
         <is>
-          <t>http://kpktdo.com</t>
+          <t>www.kptk.com.ua</t>
         </is>
       </c>
       <c r="S40" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T40" s="5" t="inlineStr">
         <is>
-          <t>Петрович Світлана Миколаївна</t>
+          <t>Поліщук Вадим Ігорович</t>
         </is>
       </c>
       <c r="U40" s="8"/>
       <c r="V40" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="41">
       <c r="A41" s="5" t="inlineStr">
         <is>
-          <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж цивільного будівництва"</t>
+          <t>Мале приватне підприємство "БУДКВАЛІФКАДРИ"</t>
         </is>
       </c>
       <c r="B41" s="6" t="n">
-        <v>6791</v>
+        <v>3695</v>
       </c>
       <c r="C41" s="6"/>
       <c r="D41" s="5" t="inlineStr">
         <is>
-          <t>КПКЦБ</t>
-[...6 lines deleted...]
-      </c>
+          <t>МПП "БУДКВАЛІФКАДРИ"</t>
+        </is>
+      </c>
+      <c r="E41" s="5"/>
       <c r="F41" s="7"/>
-      <c r="G41" s="6"/>
+      <c r="G41" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H41" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I41" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J41" s="5"/>
       <c r="K41" s="7" t="inlineStr">
         <is>
-          <t>03040</t>
+          <t>275</t>
         </is>
       </c>
       <c r="L41" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M41" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N41" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O41" s="5" t="inlineStr">
         <is>
-          <t>вул. Маричанська, 4</t>
+          <t>вул. Доброхотова, 15</t>
         </is>
       </c>
       <c r="P41" s="5" t="inlineStr">
         <is>
-          <t>+044(25)-730-76</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044) 2417760, 2417759</t>
+        </is>
+      </c>
+      <c r="Q41" s="5"/>
       <c r="R41" s="5" t="inlineStr">
         <is>
-          <t>kpktsb.com</t>
+          <t>www.bqk.kiev.ua</t>
         </is>
       </c>
       <c r="S41" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T41" s="5" t="inlineStr">
         <is>
-          <t>Новак Алла Олександрівна</t>
+          <t>Заболотний Андрій Миколайович</t>
         </is>
       </c>
       <c r="U41" s="8"/>
       <c r="V41" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="42">
       <c r="A42" s="5" t="inlineStr">
         <is>
-          <t>комунальний заклад професійної (професійно-технічної) освіти "Київський професійний технологічний коледж"</t>
+          <t>Навчальний заклад громадського об`єднання "Київська автомобільна школа Товариства сприяння обороні України"</t>
         </is>
       </c>
       <c r="B42" s="6" t="n">
-        <v>6857</v>
+        <v>3225</v>
       </c>
       <c r="C42" s="6"/>
       <c r="D42" s="5" t="inlineStr">
         <is>
-          <t>КЗП (ПТ) О"КПТК"</t>
-[...6 lines deleted...]
-      </c>
+          <t>НЗ ГО "Київська АШ ТСО України"</t>
+        </is>
+      </c>
+      <c r="E42" s="5"/>
       <c r="F42" s="7"/>
       <c r="G42" s="6" t="n">
-        <v>2003</v>
+        <v>1949</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J42" s="5"/>
       <c r="K42" s="7" t="inlineStr">
         <is>
-          <t>01013</t>
+          <t>03056</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
-          <t>вул. Деревообробна, 3</t>
+          <t>вул. Вадима Гетьмана, 27</t>
         </is>
       </c>
       <c r="P42" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-285-51-70</t>
+          <t>(044) 4011485, 45777192, 4570954</t>
         </is>
       </c>
       <c r="Q42" s="5" t="inlineStr">
         <is>
-          <t>kptk@ukr.net</t>
+          <t>kashtsou@ukr.net</t>
         </is>
       </c>
       <c r="R42" s="5" t="inlineStr">
         <is>
-          <t>www.kptk.com.ua</t>
+          <t>cityavtoschool.at.ua</t>
         </is>
       </c>
       <c r="S42" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T42" s="5" t="inlineStr">
         <is>
-          <t>Поліщук Вадим Ігорович</t>
-[...3 lines deleted...]
-      <c r="V42" s="5"/>
+          <t>Осипенко Олег Васильович</t>
+        </is>
+      </c>
+      <c r="U42" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V42" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="43">
       <c r="A43" s="5" t="inlineStr">
         <is>
-          <t>Мале приватне підприємство "БУДКВАЛІФКАДРИ"</t>
+          <t>Навчальний заклад комунальної форми власності "Навчально-виробничий центр "Професіонал"</t>
         </is>
       </c>
       <c r="B43" s="6" t="n">
-        <v>3695</v>
+        <v>5763</v>
       </c>
       <c r="C43" s="6"/>
       <c r="D43" s="5" t="inlineStr">
         <is>
-          <t>МПП "БУДКВАЛІФКАДРИ"</t>
+          <t>НВЦ "Професіонал"</t>
         </is>
       </c>
       <c r="E43" s="5"/>
       <c r="F43" s="7"/>
-      <c r="G43" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G43" s="6"/>
       <c r="H43" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I43" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J43" s="5"/>
+          <t>Комунальна</t>
+        </is>
+      </c>
+      <c r="J43" s="5" t="inlineStr">
+        <is>
+          <t>Виконавчий орган Київської міської ради (Київська міська державна адміністрація)</t>
+        </is>
+      </c>
       <c r="K43" s="7" t="inlineStr">
         <is>
-          <t>275</t>
+          <t>01034</t>
         </is>
       </c>
       <c r="L43" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M43" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N43" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O43" s="5" t="inlineStr">
         <is>
-          <t>вул. Доброхотова, 15</t>
+          <t>вул. Велика Житомирська, 19 б</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
-          <t>(044) 2417760, 2417759</t>
+          <t>+380(44)-400-05-05, 400-05-10</t>
         </is>
       </c>
       <c r="Q43" s="5"/>
       <c r="R43" s="5" t="inlineStr">
         <is>
-          <t>www.bqk.kiev.ua</t>
+          <t>www.nvc.kiev.ua</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Заболотний Андрій Миколайович</t>
+          <t>Азарова Галина Василівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад громадського об`єднання "Київська автомобільна школа Товариства сприяння обороні України"</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності міста Києва</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
-        <v>3225</v>
+        <v>4381</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
-          <t>НЗ ГО "Київська АШ ТСО України"</t>
-[...2 lines deleted...]
-      <c r="E44" s="5"/>
+          <t>НМЦ ЦЗ та БЖД м.Києва</t>
+        </is>
+      </c>
+      <c r="E44" s="5" t="inlineStr">
+        <is>
+          <t>Kyiv educationalmethodical centr of civil protection and safety of vital activity</t>
+        </is>
+      </c>
       <c r="F44" s="7"/>
       <c r="G44" s="6" t="n">
-        <v>1949</v>
+        <v>2013</v>
       </c>
       <c r="H44" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I44" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
-[...2 lines deleted...]
-      <c r="J44" s="5"/>
+          <t>Державна</t>
+        </is>
+      </c>
+      <c r="J44" s="5" t="inlineStr">
+        <is>
+          <t>Державна служба України з надзвичайних ситуацій</t>
+        </is>
+      </c>
       <c r="K44" s="7" t="inlineStr">
         <is>
-          <t>03056</t>
+          <t>04074</t>
         </is>
       </c>
       <c r="L44" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N44" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O44" s="5" t="inlineStr">
         <is>
-          <t>вул. Вадима Гетьмана, 27</t>
+          <t>вул. Вишгородська, 21</t>
         </is>
       </c>
       <c r="P44" s="5" t="inlineStr">
         <is>
-          <t>(044) 4011485, 45777192, 4570954</t>
+          <t>+38(044)-400-97-94</t>
         </is>
       </c>
       <c r="Q44" s="5" t="inlineStr">
         <is>
-          <t>kashtsou@ukr.net</t>
+          <t>nmc.kyiv@dsns.gov.ua</t>
         </is>
       </c>
       <c r="R44" s="5" t="inlineStr">
         <is>
-          <t>cityavtoschool.at.ua</t>
+          <t>http://kiev.nmc.dsns.gov.ua/</t>
         </is>
       </c>
       <c r="S44" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Начальник центру</t>
         </is>
       </c>
       <c r="T44" s="5" t="inlineStr">
         <is>
-          <t>Осипенко Олег Васильович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Войтенко Василь Васильович</t>
+        </is>
+      </c>
+      <c r="U44" s="8"/>
+      <c r="V44" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="45">
       <c r="A45" s="5" t="inlineStr">
         <is>
-          <t>Навчальний заклад комунальної форми власності "Навчально-виробничий центр "Професіонал"</t>
+          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Харківської області</t>
         </is>
       </c>
       <c r="B45" s="6" t="n">
-        <v>5763</v>
+        <v>4409</v>
       </c>
       <c r="C45" s="6"/>
       <c r="D45" s="5" t="inlineStr">
         <is>
-          <t>НВЦ "Професіонал"</t>
+          <t>НМЦ ЦЗ та БЖД Харківської області</t>
         </is>
       </c>
       <c r="E45" s="5"/>
       <c r="F45" s="7"/>
-      <c r="G45" s="6"/>
+      <c r="G45" s="6" t="n">
+        <v>2002</v>
+      </c>
       <c r="H45" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I45" s="5" t="inlineStr">
         <is>
-          <t>Комунальна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J45" s="5" t="inlineStr">
         <is>
-          <t>Виконавчий орган Київської міської ради (Київська міська державна адміністрація)</t>
+          <t>Обласна державна адміністрація</t>
         </is>
       </c>
       <c r="K45" s="7" t="inlineStr">
         <is>
-          <t>01034</t>
+          <t>01030</t>
         </is>
       </c>
       <c r="L45" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M45" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N45" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O45" s="5" t="inlineStr">
         <is>
-          <t>вул. Велика Житомирська, 19 б</t>
+          <t>вул. Олеся Гончара, 55</t>
         </is>
       </c>
       <c r="P45" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-400-05-05, 400-05-10</t>
-[...7 lines deleted...]
-      </c>
+          <t>+380(05)-725-25-13</t>
+        </is>
+      </c>
+      <c r="Q45" s="5" t="inlineStr">
+        <is>
+          <t>nmc.kharkiv@dsns.gov.ua</t>
+        </is>
+      </c>
+      <c r="R45" s="5"/>
       <c r="S45" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T45" s="5" t="inlineStr">
         <is>
-          <t>Азарова Галина Василівна</t>
-[...3 lines deleted...]
-      <c r="V45" s="5"/>
+          <t>Тесленко Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U45" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V45" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="46">
       <c r="A46" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності міста Києва</t>
+          <t>Підприємство "Автошкола ІВАР"</t>
         </is>
       </c>
       <c r="B46" s="6" t="n">
-        <v>4381</v>
+        <v>3801</v>
       </c>
       <c r="C46" s="6"/>
       <c r="D46" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ та БЖД м.Києва</t>
-[...6 lines deleted...]
-      </c>
+          <t>Автошкола "ІВАР"</t>
+        </is>
+      </c>
+      <c r="E46" s="5"/>
       <c r="F46" s="7"/>
       <c r="G46" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H46" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I46" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
-      <c r="J46" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J46" s="5"/>
       <c r="K46" s="7" t="inlineStr">
         <is>
-          <t>04074</t>
+          <t>04205</t>
         </is>
       </c>
       <c r="L46" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N46" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O46" s="5" t="inlineStr">
         <is>
-          <t>вул. Вишгородська, 21</t>
+          <t>просп. Оболонський, 23-А</t>
         </is>
       </c>
       <c r="P46" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-400-97-94</t>
-[...11 lines deleted...]
-      </c>
+          <t>(044) 5184424, 4524435</t>
+        </is>
+      </c>
+      <c r="Q46" s="5"/>
+      <c r="R46" s="5"/>
       <c r="S46" s="5" t="inlineStr">
         <is>
-          <t>Начальник центру</t>
-[...8 lines deleted...]
-      <c r="V46" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T46" s="5"/>
+      <c r="U46" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V46" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="47">
       <c r="A47" s="5" t="inlineStr">
         <is>
-          <t>Навчально-методичний центр цивільного захисту та безпеки життєдіяльності Харківської області</t>
+          <t>Підприємство об`єднання громадян "Перспектива" Всеукраїнської громадської організації "Асоціація інвалідів-спинальників України"</t>
         </is>
       </c>
       <c r="B47" s="6" t="n">
-        <v>4409</v>
+        <v>3254</v>
       </c>
       <c r="C47" s="6"/>
       <c r="D47" s="5" t="inlineStr">
         <is>
-          <t>НМЦ ЦЗ та БЖД Харківської області</t>
+          <t>ПОГ "Перспектива" ВГОАІСУ</t>
         </is>
       </c>
       <c r="E47" s="5"/>
       <c r="F47" s="7"/>
       <c r="G47" s="6" t="n">
-        <v>2002</v>
+        <v>2015</v>
       </c>
       <c r="H47" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I47" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
-[...6 lines deleted...]
-      </c>
+          <t>Приватна</t>
+        </is>
+      </c>
+      <c r="J47" s="5"/>
       <c r="K47" s="7" t="inlineStr">
         <is>
-          <t>01030</t>
+          <t>04201</t>
         </is>
       </c>
       <c r="L47" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000551439</t>
         </is>
       </c>
       <c r="M47" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N47" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O47" s="5" t="inlineStr">
         <is>
-          <t>вул. Олеся Гончара, 55</t>
+          <t>Мінське шосе , 10 Б</t>
         </is>
       </c>
       <c r="P47" s="5" t="inlineStr">
         <is>
-          <t>+380(05)-725-25-13</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044) 4688936, 4624403</t>
+        </is>
+      </c>
+      <c r="Q47" s="5"/>
       <c r="R47" s="5"/>
       <c r="S47" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T47" s="5" t="inlineStr">
         <is>
-          <t>Тесленко Олександр Миколайович</t>
+          <t>Луц Олена Володимирівна</t>
         </is>
       </c>
       <c r="U47" s="8" t="n">
-        <v>45748</v>
+        <v>44140</v>
       </c>
       <c r="V47" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="48">
       <c r="A48" s="5" t="inlineStr">
         <is>
-          <t>Підприємство "Автошкола ІВАР"</t>
+          <t>Підприємство, яке засноване на власності об`єднання громадян "Учбовий комбінат Добровільного пожежного товариства України"</t>
         </is>
       </c>
       <c r="B48" s="6" t="n">
-        <v>3801</v>
+        <v>3824</v>
       </c>
       <c r="C48" s="6"/>
       <c r="D48" s="5" t="inlineStr">
         <is>
-          <t>Автошкола "ІВАР"</t>
+          <t>Учбовий комбінат ДПТ України</t>
         </is>
       </c>
       <c r="E48" s="5"/>
       <c r="F48" s="7"/>
       <c r="G48" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H48" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I48" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J48" s="5"/>
       <c r="K48" s="7" t="inlineStr">
         <is>
-          <t>04205</t>
+          <t>01033</t>
         </is>
       </c>
       <c r="L48" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000551439</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N48" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O48" s="5" t="inlineStr">
         <is>
-          <t>просп. Оболонський, 23-А</t>
+          <t>вул. Тарасівська, 4</t>
         </is>
       </c>
       <c r="P48" s="5" t="inlineStr">
         <is>
-          <t>(044) 5184424, 4524435</t>
+          <t>2443343</t>
         </is>
       </c>
       <c r="Q48" s="5"/>
       <c r="R48" s="5"/>
       <c r="S48" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T48" s="5"/>
       <c r="U48" s="8" t="n">
-        <v>43405</v>
+        <v>43971</v>
       </c>
       <c r="V48" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="49">
       <c r="A49" s="5" t="inlineStr">
         <is>
-          <t>Підприємство об`єднання громадян "Перспектива" Всеукраїнської громадської організації "Асоціація інвалідів-спинальників України"</t>
+          <t>Приватне акціонерне товариство "ДТЕК Київські електромережі"</t>
         </is>
       </c>
       <c r="B49" s="6" t="n">
-        <v>3254</v>
+        <v>4375</v>
       </c>
       <c r="C49" s="6"/>
       <c r="D49" s="5" t="inlineStr">
         <is>
-          <t>ПОГ "Перспектива" ВГОАІСУ</t>
-[...2 lines deleted...]
-      <c r="E49" s="5"/>
+          <t>ПрАТ "ДТЕК Київські електромережі"</t>
+        </is>
+      </c>
+      <c r="E49" s="5" t="inlineStr">
+        <is>
+          <t>DTEK Kyiv grids private join-stock company</t>
+        </is>
+      </c>
       <c r="F49" s="7"/>
-      <c r="G49" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G49" s="6"/>
       <c r="H49" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I49" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J49" s="5"/>
       <c r="K49" s="7" t="inlineStr">
         <is>
-          <t>04201</t>
+          <t>04080</t>
         </is>
       </c>
       <c r="L49" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000551439</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M49" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N49" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O49" s="5" t="inlineStr">
         <is>
-          <t>Мінське шосе , 10 Б</t>
+          <t>вул. Новокостянтинівська, 20</t>
         </is>
       </c>
       <c r="P49" s="5" t="inlineStr">
         <is>
-          <t>(044) 4688936, 4624403</t>
+          <t>+380(44)-207-64-59</t>
         </is>
       </c>
       <c r="Q49" s="5"/>
       <c r="R49" s="5"/>
       <c r="S49" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T49" s="5" t="inlineStr">
         <is>
-          <t>Луц Олена Володимирівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Бондар Денис Вікторович</t>
+        </is>
+      </c>
+      <c r="U49" s="8"/>
+      <c r="V49" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="50">
       <c r="A50" s="5" t="inlineStr">
         <is>
-          <t>Підприємство, яке засноване на власності об`єднання громадян "Учбовий комбінат Добровільного пожежного товариства України"</t>
+          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДТЕК КИЇВСЬКІ РЕГІОНАЛЬНІ ЕЛЕКТРОМЕРЕЖІ"</t>
         </is>
       </c>
       <c r="B50" s="6" t="n">
-        <v>3824</v>
+        <v>6785</v>
       </c>
       <c r="C50" s="6"/>
       <c r="D50" s="5" t="inlineStr">
         <is>
-          <t>Учбовий комбінат ДПТ України</t>
+          <t>ПрАТ</t>
         </is>
       </c>
       <c r="E50" s="5"/>
       <c r="F50" s="7"/>
       <c r="G50" s="6" t="n">
-        <v>2000</v>
+        <v>1995</v>
       </c>
       <c r="H50" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I50" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J50" s="5"/>
       <c r="K50" s="7" t="inlineStr">
         <is>
-          <t>01033</t>
+          <t>04136</t>
         </is>
       </c>
       <c r="L50" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M50" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N50" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O50" s="5" t="inlineStr">
         <is>
-          <t>вул. Тарасівська, 4</t>
+          <t>вул. Стеценка, 1 а</t>
         </is>
       </c>
       <c r="P50" s="5" t="inlineStr">
         <is>
-          <t>2443343</t>
-[...2 lines deleted...]
-      <c r="Q50" s="5"/>
+          <t>+38(044)-459-07-40</t>
+        </is>
+      </c>
+      <c r="Q50" s="5" t="inlineStr">
+        <is>
+          <t>krem@dtek.com</t>
+        </is>
+      </c>
       <c r="R50" s="5"/>
       <c r="S50" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Генеральний директор</t>
+        </is>
+      </c>
+      <c r="T50" s="5" t="inlineStr">
+        <is>
+          <t>Шайда Віталій Євгенович</t>
+        </is>
+      </c>
+      <c r="U50" s="8"/>
+      <c r="V50" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="51">
       <c r="A51" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "ДТЕК Київські електромережі"</t>
+          <t>Приватне акціонерне товариство "Отіс"</t>
         </is>
       </c>
       <c r="B51" s="6" t="n">
-        <v>4375</v>
+        <v>4653</v>
       </c>
       <c r="C51" s="6"/>
       <c r="D51" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ "ДТЕК Київські електромережі"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ПРАТ "Отіс"</t>
+        </is>
+      </c>
+      <c r="E51" s="5"/>
       <c r="F51" s="7"/>
       <c r="G51" s="6"/>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J51" s="5"/>
+      <c r="J51" s="5" t="inlineStr">
+        <is>
+          <t>Фонд державного майна України</t>
+        </is>
+      </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
-          <t>04080</t>
+          <t>03062</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
-          <t>вул. Новокостянтинівська, 20</t>
+          <t>вул. Чистяківська, 32</t>
         </is>
       </c>
       <c r="P51" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-207-64-59</t>
+          <t>+380(44)-490-85-00</t>
         </is>
       </c>
       <c r="Q51" s="5"/>
-      <c r="R51" s="5"/>
+      <c r="R51" s="5" t="inlineStr">
+        <is>
+          <t>www.otis.ua</t>
+        </is>
+      </c>
       <c r="S51" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T51" s="5" t="inlineStr">
         <is>
-          <t>Бондар Денис Вікторович</t>
-[...3 lines deleted...]
-      <c r="V51" s="5"/>
+          <t>Земан Ладіслав</t>
+        </is>
+      </c>
+      <c r="U51" s="8" t="n">
+        <v>45748</v>
+      </c>
+      <c r="V51" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="52">
       <c r="A52" s="5" t="inlineStr">
         <is>
-          <t>ПРИВАТНЕ АКЦІОНЕРНЕ ТОВАРИСТВО "ДТЕК КИЇВСЬКІ РЕГІОНАЛЬНІ ЕЛЕКТРОМЕРЕЖІ"</t>
+          <t>Приватне підприємство "Академія професійної освіти спеціалістів індустрії краси "Партнер плюс"</t>
         </is>
       </c>
       <c r="B52" s="6" t="n">
-        <v>6785</v>
+        <v>2775</v>
       </c>
       <c r="C52" s="6"/>
       <c r="D52" s="5" t="inlineStr">
         <is>
-          <t>ПрАТ</t>
+          <t>ПП "АПОСІК "Партнер +"</t>
         </is>
       </c>
       <c r="E52" s="5"/>
       <c r="F52" s="7"/>
       <c r="G52" s="6" t="n">
-        <v>1995</v>
+        <v>2000</v>
       </c>
       <c r="H52" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I52" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J52" s="5"/>
       <c r="K52" s="7" t="inlineStr">
         <is>
-          <t>04136</t>
+          <t>03113</t>
         </is>
       </c>
       <c r="L52" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N52" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O52" s="5" t="inlineStr">
         <is>
-          <t>вул. Стеценка, 1 а</t>
+          <t>вул. Полковника Шутова, 9 А</t>
         </is>
       </c>
       <c r="P52" s="5" t="inlineStr">
         <is>
-          <t>+38(044)-459-07-40</t>
+          <t>(044) 2228056; (067) 5009282</t>
         </is>
       </c>
       <c r="Q52" s="5" t="inlineStr">
         <is>
-          <t>krem@dtek.com</t>
-[...2 lines deleted...]
-      <c r="R52" s="5"/>
+          <t>partnerplus@ukr.net</t>
+        </is>
+      </c>
+      <c r="R52" s="5" t="inlineStr">
+        <is>
+          <t>www.partnerplus.com.ua</t>
+        </is>
+      </c>
       <c r="S52" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T52" s="5" t="inlineStr">
         <is>
-          <t>Шайда Віталій Євгенович</t>
+          <t>Онищенко Алла Петрівна</t>
         </is>
       </c>
       <c r="U52" s="8"/>
       <c r="V52" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="53">
       <c r="A53" s="5" t="inlineStr">
         <is>
-          <t>Приватне акціонерне товариство "Отіс"</t>
+          <t>Приватне підприємство "Академія флористики Наталії Агеєвої"</t>
         </is>
       </c>
       <c r="B53" s="6" t="n">
-        <v>4653</v>
+        <v>3238</v>
       </c>
       <c r="C53" s="6"/>
       <c r="D53" s="5" t="inlineStr">
         <is>
-          <t>ПРАТ "Отіс"</t>
+          <t>ПП ""Академія флористики Наталії Агеєвої"</t>
         </is>
       </c>
       <c r="E53" s="5"/>
       <c r="F53" s="7"/>
-      <c r="G53" s="6"/>
+      <c r="G53" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H53" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I53" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J53" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J53" s="5"/>
       <c r="K53" s="7" t="inlineStr">
         <is>
-          <t>03062</t>
+          <t>01033</t>
         </is>
       </c>
       <c r="L53" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N53" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O53" s="5" t="inlineStr">
         <is>
-          <t>вул. Чистяківська, 32</t>
+          <t>вул. Тарасівська, 12</t>
         </is>
       </c>
       <c r="P53" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-490-85-00</t>
-[...2 lines deleted...]
-      <c r="Q53" s="5"/>
+          <t>(044) 4668895, 5183502, 0674072487</t>
+        </is>
+      </c>
+      <c r="Q53" s="5" t="inlineStr">
+        <is>
+          <t>info@floracademy.com</t>
+        </is>
+      </c>
       <c r="R53" s="5" t="inlineStr">
         <is>
-          <t>www.otis.ua</t>
+          <t>www.floristunion.com.ua</t>
         </is>
       </c>
       <c r="S53" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T53" s="5" t="inlineStr">
         <is>
-          <t>Земан Ладіслав</t>
+          <t>Агеєва Наталія Олександрівна</t>
         </is>
       </c>
       <c r="U53" s="8" t="n">
-        <v>45748</v>
+        <v>44727</v>
       </c>
       <c r="V53" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="54">
       <c r="A54" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Академія професійної освіти спеціалістів індустрії краси "Партнер плюс"</t>
+          <t>Приватне підприємство "Київська академія перукарського мистецтва"</t>
         </is>
       </c>
       <c r="B54" s="6" t="n">
-        <v>2775</v>
+        <v>2447</v>
       </c>
       <c r="C54" s="6"/>
       <c r="D54" s="5" t="inlineStr">
         <is>
-          <t>ПП "АПОСІК "Партнер +"</t>
+          <t>ПП "Київська академія перукарського мистецтва"</t>
         </is>
       </c>
       <c r="E54" s="5"/>
       <c r="F54" s="7"/>
       <c r="G54" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H54" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I54" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J54" s="5"/>
       <c r="K54" s="7" t="inlineStr">
         <is>
-          <t>03113</t>
+          <t>03067</t>
         </is>
       </c>
       <c r="L54" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N54" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O54" s="5" t="inlineStr">
         <is>
-          <t>вул. Полковника Шутова, 9 А</t>
+          <t>вул. Виборзька, 86</t>
         </is>
       </c>
       <c r="P54" s="5" t="inlineStr">
         <is>
-          <t>(044) 2228056; (067) 5009282</t>
+          <t>(044)455-56-72; (044)427-02-97</t>
         </is>
       </c>
       <c r="Q54" s="5" t="inlineStr">
         <is>
-          <t>partnerplus@ukr.net</t>
+          <t>info@kapi.com.ua</t>
         </is>
       </c>
       <c r="R54" s="5" t="inlineStr">
         <is>
-          <t>www.partnerplus.com.ua</t>
+          <t>www.kapi.com.ua</t>
         </is>
       </c>
       <c r="S54" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T54" s="5" t="inlineStr">
         <is>
-          <t>Онищенко Алла Петрівна</t>
+          <t>Лубянська Світлана Павлівна</t>
         </is>
       </c>
       <c r="U54" s="8"/>
       <c r="V54" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="55">
       <c r="A55" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Академія флористики Наталії Агеєвої"</t>
+          <t>Приватне підприємство "Науково-технічний центр УСВППП"</t>
         </is>
       </c>
       <c r="B55" s="6" t="n">
-        <v>3238</v>
+        <v>3259</v>
       </c>
       <c r="C55" s="6"/>
       <c r="D55" s="5" t="inlineStr">
         <is>
-          <t>ПП ""Академія флористики Наталії Агеєвої"</t>
+          <t>НТЦ-УСВППП</t>
         </is>
       </c>
       <c r="E55" s="5"/>
       <c r="F55" s="7"/>
       <c r="G55" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J55" s="5"/>
       <c r="K55" s="7" t="inlineStr">
         <is>
-          <t>01033</t>
+          <t>03127</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
-          <t>вул. Тарасівська, 12</t>
+          <t>просп. 40-річчя Жовтня, 100/2</t>
         </is>
       </c>
       <c r="P55" s="5" t="inlineStr">
         <is>
-          <t>(044) 4668895, 5183502, 0674072487</t>
+          <t>0443310511, 0442432326</t>
         </is>
       </c>
       <c r="Q55" s="5" t="inlineStr">
         <is>
-          <t>info@floracademy.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ntc-usvppp@ukr.net</t>
+        </is>
+      </c>
+      <c r="R55" s="5"/>
       <c r="S55" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T55" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="T55" s="5"/>
       <c r="U55" s="8" t="n">
         <v>44727</v>
       </c>
       <c r="V55" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="56">
       <c r="A56" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Київська академія перукарського мистецтва"</t>
+          <t>Приватне підприємство "Спрут-ЄС"</t>
         </is>
       </c>
       <c r="B56" s="6" t="n">
-        <v>2447</v>
+        <v>3055</v>
       </c>
       <c r="C56" s="6"/>
       <c r="D56" s="5" t="inlineStr">
         <is>
-          <t>ПП "Київська академія перукарського мистецтва"</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E56" s="5"/>
       <c r="F56" s="7"/>
       <c r="G56" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J56" s="5"/>
       <c r="K56" s="7" t="inlineStr">
         <is>
-          <t>03067</t>
+          <t>04107</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
-          <t>вул. Виборзька, 86</t>
+          <t>вул. Підгірна, 28А</t>
         </is>
       </c>
       <c r="P56" s="5" t="inlineStr">
         <is>
-          <t>(044)455-56-72; (044)427-02-97</t>
+          <t>+38(044)-484-25-70</t>
         </is>
       </c>
       <c r="Q56" s="5" t="inlineStr">
         <is>
-          <t>info@kapi.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>sprut-es@ukr.net</t>
+        </is>
+      </c>
+      <c r="R56" s="5"/>
       <c r="S56" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T56" s="5" t="inlineStr">
         <is>
-          <t>Лубянська Світлана Павлівна</t>
+          <t>Бернацький Віталій Аркадійович</t>
         </is>
       </c>
       <c r="U56" s="8"/>
       <c r="V56" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="57">
       <c r="A57" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Науково-технічний центр УСВППП"</t>
+          <t>Приватне підприємство "УКРПРОМЛІФТЗВАР"</t>
         </is>
       </c>
       <c r="B57" s="6" t="n">
-        <v>3259</v>
+        <v>2477</v>
       </c>
       <c r="C57" s="6"/>
       <c r="D57" s="5" t="inlineStr">
         <is>
-          <t>НТЦ-УСВППП</t>
+          <t>-</t>
         </is>
       </c>
       <c r="E57" s="5"/>
       <c r="F57" s="7"/>
       <c r="G57" s="6" t="n">
-        <v>2000</v>
+        <v>2001</v>
       </c>
       <c r="H57" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I57" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J57" s="5"/>
       <c r="K57" s="7" t="inlineStr">
         <is>
-          <t>03127</t>
+          <t>02222</t>
         </is>
       </c>
       <c r="L57" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M57" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N57" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O57" s="5" t="inlineStr">
         <is>
-          <t>просп. 40-річчя Жовтня, 100/2</t>
+          <t>вул. Драйзера, 36,квартира 198</t>
         </is>
       </c>
       <c r="P57" s="5" t="inlineStr">
         <is>
-          <t>0443310511, 0442432326</t>
+          <t>(097)-329-47-98 , (099)-360-55-90</t>
         </is>
       </c>
       <c r="Q57" s="5" t="inlineStr">
         <is>
-          <t>ntc-usvppp@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R57" s="5"/>
+          <t>ukrpromliftzvar@ukr.net</t>
+        </is>
+      </c>
+      <c r="R57" s="5" t="inlineStr">
+        <is>
+          <t>liftzvar.com.ua</t>
+        </is>
+      </c>
       <c r="S57" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
-      <c r="T57" s="5"/>
-[...7 lines deleted...]
-      </c>
+      <c r="T57" s="5" t="inlineStr">
+        <is>
+          <t>Жеребюк Наталія Володимирівна</t>
+        </is>
+      </c>
+      <c r="U57" s="8"/>
+      <c r="V57" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="58">
       <c r="A58" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Спрут-ЄС"</t>
+          <t>Приватне підприємство "Центр Промінь"</t>
         </is>
       </c>
       <c r="B58" s="6" t="n">
-        <v>3055</v>
+        <v>3856</v>
       </c>
       <c r="C58" s="6"/>
       <c r="D58" s="5" t="inlineStr">
         <is>
           <t>-</t>
         </is>
       </c>
       <c r="E58" s="5"/>
       <c r="F58" s="7"/>
       <c r="G58" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H58" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I58" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J58" s="5"/>
       <c r="K58" s="7" t="inlineStr">
         <is>
-          <t>04107</t>
+          <t>04123</t>
         </is>
       </c>
       <c r="L58" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N58" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O58" s="5" t="inlineStr">
         <is>
-          <t>вул. Підгірна, 28А</t>
+          <t>вул. Світлицького, 13</t>
         </is>
       </c>
       <c r="P58" s="5" t="inlineStr">
         <is>
-          <t>0444842570;</t>
-[...3 lines deleted...]
-      <c r="R58" s="5"/>
+          <t>(044) 4633234, 4343218, 4634363</t>
+        </is>
+      </c>
+      <c r="Q58" s="5" t="inlineStr">
+        <is>
+          <t>promin55@gmail.com</t>
+        </is>
+      </c>
+      <c r="R58" s="5" t="inlineStr">
+        <is>
+          <t>sudno.com.ua</t>
+        </is>
+      </c>
       <c r="S58" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...8 lines deleted...]
-      <c r="V58" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T58" s="5"/>
+      <c r="U58" s="8" t="n">
+        <v>44727</v>
+      </c>
+      <c r="V58" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="59">
       <c r="A59" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "УКРПРОМЛІФТЗВАР"</t>
+          <t>Приватне підприємство "ШЕРИФ-ЗАХИСТ"</t>
         </is>
       </c>
       <c r="B59" s="6" t="n">
-        <v>2477</v>
+        <v>3707</v>
       </c>
       <c r="C59" s="6"/>
       <c r="D59" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ПП "ШЕРИФ-ЗАХИСТ"</t>
         </is>
       </c>
       <c r="E59" s="5"/>
       <c r="F59" s="7"/>
       <c r="G59" s="6" t="n">
-        <v>2001</v>
+        <v>2000</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J59" s="5"/>
       <c r="K59" s="7" t="inlineStr">
         <is>
-          <t>02222</t>
+          <t>02093</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
-          <t>вул. Драйзера, 36,квартира 198</t>
+          <t>вул. Поліська, 22</t>
         </is>
       </c>
       <c r="P59" s="5" t="inlineStr">
         <is>
-          <t>(097)-329-47-98 , (099)-360-55-90</t>
+          <t>(044) 5037016</t>
         </is>
       </c>
       <c r="Q59" s="5" t="inlineStr">
         <is>
-          <t>ukrpromliftzvar@ukr.net</t>
+          <t>office@sheriff.com.ua</t>
         </is>
       </c>
       <c r="R59" s="5" t="inlineStr">
         <is>
-          <t>liftzvar.com.ua</t>
+          <t>www.sheriff.com.ua</t>
         </is>
       </c>
       <c r="S59" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T59" s="5" t="inlineStr">
         <is>
-          <t>Жеребюк Наталія Володимирівна</t>
+          <t>Кузічкіна Анна Володимирівна</t>
         </is>
       </c>
       <c r="U59" s="8"/>
       <c r="V59" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="60">
       <c r="A60" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "Центр Промінь"</t>
+          <t>Приватний професійно-технічний навчальний заклад "ІМПЕРІЯ"</t>
         </is>
       </c>
       <c r="B60" s="6" t="n">
-        <v>3856</v>
+        <v>7297</v>
       </c>
       <c r="C60" s="6"/>
       <c r="D60" s="5" t="inlineStr">
         <is>
-          <t>-</t>
+          <t>ППТНЗ "ІМПЕРІЯ"</t>
         </is>
       </c>
       <c r="E60" s="5"/>
       <c r="F60" s="7"/>
       <c r="G60" s="6" t="n">
-        <v>2000</v>
+        <v>2013</v>
       </c>
       <c r="H60" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I60" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J60" s="5"/>
       <c r="K60" s="7" t="inlineStr">
         <is>
-          <t>04123</t>
+          <t>01133</t>
         </is>
       </c>
       <c r="L60" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000719633</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M60" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N60" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O60" s="5" t="inlineStr">
         <is>
-          <t>вул. Світлицького, 13</t>
+          <t>вул. Щорса, 32-Б, офіс 2</t>
         </is>
       </c>
       <c r="P60" s="5" t="inlineStr">
         <is>
-          <t>(044) 4633234, 4343218, 4634363</t>
+          <t>(050)170-79-64</t>
         </is>
       </c>
       <c r="Q60" s="5" t="inlineStr">
         <is>
-          <t>promin55@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>zaslavskayamarya@ukr.net</t>
+        </is>
+      </c>
+      <c r="R60" s="5"/>
       <c r="S60" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Генеральний директор</t>
+        </is>
+      </c>
+      <c r="T60" s="5" t="inlineStr">
+        <is>
+          <t>Івашура Марія Вадимівна</t>
+        </is>
+      </c>
+      <c r="U60" s="8"/>
+      <c r="V60" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="61">
       <c r="A61" s="5" t="inlineStr">
         <is>
-          <t>Приватне підприємство "ШЕРИФ-ЗАХИСТ"</t>
+          <t>Професійно-технічний навчальний заклад "Спортивно-технічний клуб ім. С.П.Корольова Товариства сприяння оборони України"</t>
         </is>
       </c>
       <c r="B61" s="6" t="n">
-        <v>3707</v>
+        <v>4094</v>
       </c>
       <c r="C61" s="6"/>
       <c r="D61" s="5" t="inlineStr">
         <is>
-          <t>ПП "ШЕРИФ-ЗАХИСТ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E61" s="5"/>
       <c r="F61" s="7"/>
-      <c r="G61" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G61" s="6"/>
       <c r="H61" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I61" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J61" s="5"/>
       <c r="K61" s="7" t="inlineStr">
         <is>
-          <t>02093</t>
+          <t>03056</t>
         </is>
       </c>
       <c r="L61" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M61" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N61" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O61" s="5" t="inlineStr">
         <is>
-          <t>вул. Поліська, 22</t>
+          <t>вул. Вадима Гетьмана, 27</t>
         </is>
       </c>
       <c r="P61" s="5" t="inlineStr">
         <is>
-          <t>(044) 5037016</t>
+          <t>+380(44)-458-99-48</t>
         </is>
       </c>
       <c r="Q61" s="5" t="inlineStr">
         <is>
-          <t>office@sheriff.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>avto-shkola@ukr.net</t>
+        </is>
+      </c>
+      <c r="R61" s="5"/>
       <c r="S61" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T61" s="5" t="inlineStr">
         <is>
-          <t>Кузічкіна Анна Володимирівна</t>
-[...3 lines deleted...]
-      <c r="V61" s="5"/>
+          <t>Чепелєв Валерій Ілліч</t>
+        </is>
+      </c>
+      <c r="U61" s="8" t="n">
+        <v>45306</v>
+      </c>
+      <c r="V61" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="62">
       <c r="A62" s="5" t="inlineStr">
         <is>
-          <t>Приватний професійно-технічний навчальний заклад "ІМПЕРІЯ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ “НАЙСУЧАСНІША АКАДЕМІЯ ПЕРУКАРСЬКОГО МИСТЕЦТВА”</t>
         </is>
       </c>
       <c r="B62" s="6" t="n">
-        <v>7297</v>
+        <v>6982</v>
       </c>
       <c r="C62" s="6"/>
       <c r="D62" s="5" t="inlineStr">
         <is>
-          <t>ППТНЗ "ІМПЕРІЯ"</t>
+          <t>ТОВ “НАЙСУЧАСНІША АКАДЕМІЯ ПЕРУКАРСЬКОГО МИСТЕЦТВА”</t>
         </is>
       </c>
       <c r="E62" s="5"/>
       <c r="F62" s="7"/>
       <c r="G62" s="6" t="n">
-        <v>2013</v>
+        <v>2024</v>
       </c>
       <c r="H62" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I62" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J62" s="5"/>
       <c r="K62" s="7" t="inlineStr">
         <is>
-          <t>01133</t>
+          <t>04071</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000719633</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
-          <t>вул. Щорса, 32-Б, офіс 2</t>
+          <t>вул. Нижній Вал, 51</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>(050)170-79-64</t>
+          <t>(093)589-20-99</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
-          <t>zaslavskayamarya@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R62" s="5"/>
+          <t>napm.info@gmail.com</t>
+        </is>
+      </c>
+      <c r="R62" s="5" t="inlineStr">
+        <is>
+          <t>https://www.napm.com.ua/</t>
+        </is>
+      </c>
       <c r="S62" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
-          <t>Івашура Марія Вадимівна</t>
+          <t>Селівон Олексій Олександрович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
-          <t>Професійно-технічний навчальний заклад "Спортивно-технічний клуб ім. С.П.Корольова Товариства сприяння оборони України"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «БЛЕК СТОУН Академія»</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
-        <v>4094</v>
+        <v>7278</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "БЛЕК СТОУН Академія"</t>
         </is>
       </c>
       <c r="E63" s="5"/>
       <c r="F63" s="7"/>
-      <c r="G63" s="6"/>
+      <c r="G63" s="6" t="n">
+        <v>2025</v>
+      </c>
       <c r="H63" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I63" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J63" s="5"/>
       <c r="K63" s="7" t="inlineStr">
         <is>
-          <t>03056</t>
+          <t>03186</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
-          <t>вул. Вадима Гетьмана, 27</t>
+          <t>бульв. Чоколівський, 19-А, офіс 3</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-458-99-48</t>
+          <t>+38(080)-033-12-61;</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
-          <t>avto-shkola@ukr.net</t>
+          <t>bs_academy@proton.me</t>
         </is>
       </c>
       <c r="R63" s="5"/>
       <c r="S63" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
-          <t>Чепелєв Валерій Ілліч</t>
-[...9 lines deleted...]
-      </c>
+          <t>Оніщенко Ганна Вячеславівна</t>
+        </is>
+      </c>
+      <c r="U63" s="8"/>
+      <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ “НАЙСУЧАСНІША АКАДЕМІЯ ПЕРУКАРСЬКОГО МИСТЕЦТВА”</t>
+          <t>Товариство з обмеженою відповідальністю "Агенство безпеки "Тайфун"</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
-        <v>6982</v>
+        <v>4364</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>
-          <t>ТОВ “НАЙСУЧАСНІША АКАДЕМІЯ ПЕРУКАРСЬКОГО МИСТЕЦТВА”</t>
+          <t>ТОВ "АБ "Тайфун"</t>
         </is>
       </c>
       <c r="E64" s="5"/>
       <c r="F64" s="7"/>
-      <c r="G64" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G64" s="6"/>
       <c r="H64" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I64" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J64" s="5"/>
       <c r="K64" s="7" t="inlineStr">
         <is>
-          <t>04071</t>
+          <t>01024</t>
         </is>
       </c>
       <c r="L64" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000719633</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M64" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N64" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O64" s="5" t="inlineStr">
         <is>
-          <t>вул. Нижній Вал, 51</t>
+          <t>вул. Круглоуніверситетська, 7, офіс 27</t>
         </is>
       </c>
       <c r="P64" s="5" t="inlineStr">
         <is>
-          <t>(093)589-20-99</t>
+          <t>+380(44)-360-78-79</t>
         </is>
       </c>
       <c r="Q64" s="5" t="inlineStr">
         <is>
-          <t>napm.info@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>makabtayfun@gmail.com</t>
+        </is>
+      </c>
+      <c r="R64" s="5"/>
       <c r="S64" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Керівник</t>
         </is>
       </c>
       <c r="T64" s="5" t="inlineStr">
         <is>
-          <t>Селівон Олексій Олександрович</t>
-[...3 lines deleted...]
-      <c r="V64" s="5"/>
+          <t>Музиченко Олександр Карпович</t>
+        </is>
+      </c>
+      <c r="U64" s="8" t="n">
+        <v>44147</v>
+      </c>
+      <c r="V64" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="65">
       <c r="A65" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «БЛЕК СТОУН Академія»</t>
+          <t>Товариство з обмеженою відповідальністю "Александров"</t>
         </is>
       </c>
       <c r="B65" s="6" t="n">
-        <v>7278</v>
+        <v>7123</v>
       </c>
       <c r="C65" s="6"/>
       <c r="D65" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "БЛЕК СТОУН Академія"</t>
+          <t>ТОВ "Александров"</t>
         </is>
       </c>
       <c r="E65" s="5"/>
       <c r="F65" s="7"/>
       <c r="G65" s="6" t="n">
-        <v>2025</v>
+        <v>1999</v>
       </c>
       <c r="H65" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I65" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J65" s="5"/>
       <c r="K65" s="7" t="inlineStr">
         <is>
-          <t>03186</t>
+          <t>02097</t>
         </is>
       </c>
       <c r="L65" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M65" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N65" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O65" s="5" t="inlineStr">
         <is>
-          <t>бульв. Чоколівський, 19-А, офіс 3</t>
+          <t>вул. Радунська, 28</t>
         </is>
       </c>
       <c r="P65" s="5" t="inlineStr">
         <is>
-          <t>(080)033-12-61</t>
+          <t>(096)000-07-59</t>
         </is>
       </c>
       <c r="Q65" s="5" t="inlineStr">
         <is>
-          <t>bs_academy@proton.me</t>
-[...2 lines deleted...]
-      <c r="R65" s="5"/>
+          <t>alexandrov.dr.s@gmail.com</t>
+        </is>
+      </c>
+      <c r="R65" s="5" t="inlineStr">
+        <is>
+          <t>alexandrov.com.ua</t>
+        </is>
+      </c>
       <c r="S65" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T65" s="5" t="inlineStr">
         <is>
-          <t>Оніщенко Ганна Вячеславівна</t>
+          <t>Горбашов Олександр Олександрович</t>
         </is>
       </c>
       <c r="U65" s="8"/>
       <c r="V65" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="66">
       <c r="A66" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Агенство безпеки "Тайфун"</t>
+          <t>Товариство з обмеженою відповідальністю "Альфа-щит"</t>
         </is>
       </c>
       <c r="B66" s="6" t="n">
-        <v>4364</v>
+        <v>2933</v>
       </c>
       <c r="C66" s="6"/>
       <c r="D66" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АБ "Тайфун"</t>
+          <t>ТОВ "Альфа-щит"</t>
         </is>
       </c>
       <c r="E66" s="5"/>
       <c r="F66" s="7"/>
-      <c r="G66" s="6"/>
+      <c r="G66" s="6" t="n">
+        <v>1997</v>
+      </c>
       <c r="H66" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I66" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J66" s="5"/>
       <c r="K66" s="7" t="inlineStr">
         <is>
-          <t>01024</t>
+          <t>02081</t>
         </is>
       </c>
       <c r="L66" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M66" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N66" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O66" s="5" t="inlineStr">
         <is>
-          <t>вул. Круглоуніверситетська, 7, офіс 27</t>
+          <t>вул. Здолбунівська, 7, корпус Д</t>
         </is>
       </c>
       <c r="P66" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-360-78-79</t>
+          <t>(044)5749931; 5749932; 5749934</t>
         </is>
       </c>
       <c r="Q66" s="5" t="inlineStr">
         <is>
-          <t>makabtayfun@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R66" s="5"/>
+          <t>alpha-shield@i.ua</t>
+        </is>
+      </c>
+      <c r="R66" s="5" t="inlineStr">
+        <is>
+          <t>alpha-security.com.ua</t>
+        </is>
+      </c>
       <c r="S66" s="5" t="inlineStr">
         <is>
-          <t>Керівник</t>
+          <t>генеральний директор</t>
         </is>
       </c>
       <c r="T66" s="5" t="inlineStr">
         <is>
-          <t>Музиченко Олександр Карпович</t>
+          <t>Половніков Геннадій Миколайович</t>
         </is>
       </c>
       <c r="U66" s="8" t="n">
-        <v>44147</v>
+        <v>43405</v>
       </c>
       <c r="V66" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="67">
       <c r="A67" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Александров"</t>
+          <t>Товариство з обмеженою відповідальністю "АРТАН ЦЕНТР"</t>
         </is>
       </c>
       <c r="B67" s="6" t="n">
-        <v>7123</v>
+        <v>3058</v>
       </c>
       <c r="C67" s="6"/>
       <c r="D67" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Александров"</t>
+          <t>ТОВ "АРТАН ЦЕНТР"</t>
         </is>
       </c>
       <c r="E67" s="5"/>
       <c r="F67" s="7"/>
       <c r="G67" s="6" t="n">
-        <v>1999</v>
+        <v>2010</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J67" s="5"/>
       <c r="K67" s="7" t="inlineStr">
         <is>
-          <t>02097</t>
+          <t>01133</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
-          <t>вул. Радунська, 28</t>
+          <t>бульв. Лесі Українки, 5-А</t>
         </is>
       </c>
       <c r="P67" s="5" t="inlineStr">
         <is>
-          <t>(096)000-07-59</t>
+          <t>(044) 3511246; (097) 6833481</t>
         </is>
       </c>
       <c r="Q67" s="5" t="inlineStr">
         <is>
-          <t>alexandrov.dr.s@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>artan.centr@gmail.com</t>
+        </is>
+      </c>
+      <c r="R67" s="5"/>
       <c r="S67" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T67" s="5" t="inlineStr">
         <is>
-          <t>Горбашов Олександр Олександрович</t>
-[...3 lines deleted...]
-      <c r="V67" s="5"/>
+          <t>Кончаківський Олег Анатолійович</t>
+        </is>
+      </c>
+      <c r="U67" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V67" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="68">
       <c r="A68" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Альфа-щит"</t>
+          <t>Товариство з обмеженою відповідальністю "Асоціація автошкіл"</t>
         </is>
       </c>
       <c r="B68" s="6" t="n">
-        <v>2933</v>
+        <v>7114</v>
       </c>
       <c r="C68" s="6"/>
       <c r="D68" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Альфа-щит"</t>
+          <t>ТОВ "Асоціація автошкіл"</t>
         </is>
       </c>
       <c r="E68" s="5"/>
       <c r="F68" s="7"/>
       <c r="G68" s="6" t="n">
-        <v>1997</v>
+        <v>2005</v>
       </c>
       <c r="H68" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I68" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J68" s="5"/>
       <c r="K68" s="7" t="inlineStr">
         <is>
-          <t>02081</t>
+          <t>03113</t>
         </is>
       </c>
       <c r="L68" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M68" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N68" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
-          <t>вул. Здолбунівська, 7, корпус Д</t>
+          <t>вул. Дружківська, 6</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
-          <t>(044)5749931; 5749932; 5749934</t>
+          <t>(098)596-68-78</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
-          <t>alpha-shield@i.ua</t>
+          <t>as.avto@ukr.net</t>
         </is>
       </c>
       <c r="R68" s="5" t="inlineStr">
         <is>
-          <t>alpha-security.com.ua</t>
+          <t>https://avto-online.com.ua/</t>
         </is>
       </c>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Половніков Геннадій Миколайович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Іголкін Михайло Анатолійович</t>
+        </is>
+      </c>
+      <c r="U68" s="8"/>
+      <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "АРТАН ЦЕНТР"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "АТМОСФЕРНА ШКОЛА"</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
-        <v>3058</v>
+        <v>6444</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АРТАН ЦЕНТР"</t>
-[...2 lines deleted...]
-      <c r="E69" s="5"/>
+          <t>ТОВ "АТМОСФЕРНА ШКОЛА"</t>
+        </is>
+      </c>
+      <c r="E69" s="5" t="inlineStr">
+        <is>
+          <t>"ATMOSPHERIC SCHOOL" LIMITED LIABILITY COMPANY</t>
+        </is>
+      </c>
       <c r="F69" s="7"/>
-      <c r="G69" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G69" s="6"/>
       <c r="H69" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I69" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J69" s="5"/>
       <c r="K69" s="7" t="inlineStr">
         <is>
-          <t>01133</t>
+          <t>04073</t>
         </is>
       </c>
       <c r="L69" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M69" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N69" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O69" s="5" t="inlineStr">
         <is>
-          <t>бульв. Лесі Українки, 5-А</t>
+          <t>вул. Кирилівська, 134а, оф. 231</t>
         </is>
       </c>
       <c r="P69" s="5" t="inlineStr">
         <is>
-          <t>(044) 3511246; (097) 6833481</t>
-[...6 lines deleted...]
-      </c>
+          <t>+044(35)-118-68</t>
+        </is>
+      </c>
+      <c r="Q69" s="5"/>
       <c r="R69" s="5"/>
       <c r="S69" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T69" s="5" t="inlineStr">
         <is>
-          <t>Кончаківський Олег Анатолійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Серебрянська Тетяна Володимирівна</t>
+        </is>
+      </c>
+      <c r="U69" s="8"/>
+      <c r="V69" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="70">
       <c r="A70" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Асоціація автошкіл"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "БАННІ АКАДЕМІ"</t>
         </is>
       </c>
       <c r="B70" s="6" t="n">
-        <v>7114</v>
+        <v>6933</v>
       </c>
       <c r="C70" s="6"/>
       <c r="D70" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Асоціація автошкіл"</t>
+          <t>ТОВ "БАННІ АКАДЕМІ"</t>
         </is>
       </c>
       <c r="E70" s="5"/>
       <c r="F70" s="7"/>
       <c r="G70" s="6" t="n">
-        <v>2005</v>
+        <v>2023</v>
       </c>
       <c r="H70" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I70" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J70" s="5"/>
       <c r="K70" s="7" t="inlineStr">
         <is>
-          <t>03113</t>
+          <t>01010</t>
         </is>
       </c>
       <c r="L70" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M70" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N70" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O70" s="5" t="inlineStr">
         <is>
-          <t>вул. Дружківська, 6</t>
+          <t>вул. Мазепи Івана, 6А</t>
         </is>
       </c>
       <c r="P70" s="5" t="inlineStr">
         <is>
-          <t>(098)596-68-78</t>
+          <t>(050)212-04-05</t>
         </is>
       </c>
       <c r="Q70" s="5" t="inlineStr">
         <is>
-          <t>as.avto@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>banny_academy@ukr.net</t>
+        </is>
+      </c>
+      <c r="R70" s="5"/>
       <c r="S70" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T70" s="5" t="inlineStr">
         <is>
-          <t>Іголкін Михайло Анатолійович</t>
+          <t>Кроливець Антоніна Калістратівна</t>
         </is>
       </c>
       <c r="U70" s="8"/>
       <c r="V70" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="71">
       <c r="A71" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "АТМОСФЕРНА ШКОЛА"</t>
+          <t>Товариство з обмеженою відповідальністю "ВЕНБЕСТ"</t>
         </is>
       </c>
       <c r="B71" s="6" t="n">
-        <v>6444</v>
+        <v>4178</v>
       </c>
       <c r="C71" s="6"/>
       <c r="D71" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "АТМОСФЕРНА ШКОЛА"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "ВЕНБЕСТ"</t>
+        </is>
+      </c>
+      <c r="E71" s="5"/>
       <c r="F71" s="7"/>
       <c r="G71" s="6"/>
       <c r="H71" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I71" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J71" s="5"/>
       <c r="K71" s="7" t="inlineStr">
         <is>
-          <t>04073</t>
+          <t>03062</t>
         </is>
       </c>
       <c r="L71" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M71" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N71" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O71" s="5" t="inlineStr">
         <is>
-          <t>вул. Кирилівська, 134а, оф. 231</t>
+          <t>просп. Берестейський, 90/1</t>
         </is>
       </c>
       <c r="P71" s="5" t="inlineStr">
         <is>
-          <t>+044(35)-118-68</t>
-[...2 lines deleted...]
-      <c r="Q71" s="5"/>
+          <t>+380(44)-239-21-66</t>
+        </is>
+      </c>
+      <c r="Q71" s="5" t="inlineStr">
+        <is>
+          <t>office_n@venbest.com.ua</t>
+        </is>
+      </c>
       <c r="R71" s="5"/>
       <c r="S71" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T71" s="5" t="inlineStr">
         <is>
-          <t>Серебрянська Тетяна Володимирівна</t>
+          <t>Олянішин Вадим Олегович</t>
         </is>
       </c>
       <c r="U71" s="8"/>
       <c r="V71" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="72">
       <c r="A72" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "БАННІ АКАДЕМІ"</t>
+          <t>Товариство з обмеженою відповідальністю "Глобал Дрон Академія"</t>
         </is>
       </c>
       <c r="B72" s="6" t="n">
-        <v>6933</v>
+        <v>7284</v>
       </c>
       <c r="C72" s="6"/>
       <c r="D72" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "БАННІ АКАДЕМІ"</t>
+          <t>ТОВ "ГДА"</t>
         </is>
       </c>
       <c r="E72" s="5"/>
       <c r="F72" s="7"/>
       <c r="G72" s="6" t="n">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="H72" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I72" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J72" s="5"/>
       <c r="K72" s="7" t="inlineStr">
         <is>
-          <t>01010</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L72" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M72" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N72" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O72" s="5" t="inlineStr">
         <is>
-          <t>вул. Мазепи Івана, 6А</t>
+          <t>вул. Антоновича, 51/9, офіс 1412</t>
         </is>
       </c>
       <c r="P72" s="5" t="inlineStr">
         <is>
-          <t>(050)212-04-05</t>
+          <t>(063)859-90-04</t>
         </is>
       </c>
       <c r="Q72" s="5" t="inlineStr">
         <is>
-          <t>banny_academy@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R72" s="5"/>
+          <t>aleksandr.kudriavchenko@gmail.com</t>
+        </is>
+      </c>
+      <c r="R72" s="5" t="inlineStr">
+        <is>
+          <t>gda.com.ua</t>
+        </is>
+      </c>
       <c r="S72" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T72" s="5" t="inlineStr">
         <is>
-          <t>Кроливець Антоніна Калістратівна</t>
+          <t>Кудрявченко Олександр Дмитрович</t>
         </is>
       </c>
       <c r="U72" s="8"/>
       <c r="V72" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="73">
       <c r="A73" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ВЕНБЕСТ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Є КОСМЕТОЛОДЖИ СКУЛ"</t>
         </is>
       </c>
       <c r="B73" s="6" t="n">
-        <v>4178</v>
+        <v>6549</v>
       </c>
       <c r="C73" s="6"/>
       <c r="D73" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ВЕНБЕСТ"</t>
+          <t>ТОВ</t>
         </is>
       </c>
       <c r="E73" s="5"/>
       <c r="F73" s="7"/>
       <c r="G73" s="6"/>
       <c r="H73" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I73" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J73" s="5"/>
       <c r="K73" s="7" t="inlineStr">
         <is>
-          <t>03062</t>
+          <t>01021</t>
         </is>
       </c>
       <c r="L73" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M73" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N73" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O73" s="5" t="inlineStr">
         <is>
-          <t>просп. Берестейський, 90/1</t>
+          <t>узвіз Кловський, 7</t>
         </is>
       </c>
       <c r="P73" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-239-21-66</t>
+          <t>(093)446-09-58</t>
         </is>
       </c>
       <c r="Q73" s="5" t="inlineStr">
         <is>
-          <t>office_n@venbest.com.ua</t>
+          <t>43332680@ukr.net</t>
         </is>
       </c>
       <c r="R73" s="5"/>
       <c r="S73" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T73" s="5" t="inlineStr">
         <is>
-          <t>Олянішин Вадим Олегович</t>
+          <t>Буркало Яна Василівна</t>
         </is>
       </c>
       <c r="U73" s="8"/>
       <c r="V73" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="74">
       <c r="A74" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Глобал Дрон Академія"</t>
+          <t>Товариство з обмеженою відповідальністю "Інсайт-Ліфт"</t>
         </is>
       </c>
       <c r="B74" s="6" t="n">
-        <v>7284</v>
+        <v>2767</v>
       </c>
       <c r="C74" s="6"/>
       <c r="D74" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ГДА"</t>
+          <t>ТОВ "ІНСАЙТ-ЛІФТ"</t>
         </is>
       </c>
       <c r="E74" s="5"/>
       <c r="F74" s="7"/>
       <c r="G74" s="6" t="n">
-        <v>2024</v>
+        <v>2000</v>
       </c>
       <c r="H74" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I74" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J74" s="5"/>
       <c r="K74" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>02089</t>
         </is>
       </c>
       <c r="L74" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M74" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N74" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O74" s="5" t="inlineStr">
         <is>
-          <t>вул. Антоновича, 51/9, офіс 1412</t>
+          <t>вул. Радистів, 64</t>
         </is>
       </c>
       <c r="P74" s="5" t="inlineStr">
         <is>
-          <t>(063)859-90-04</t>
+          <t>(097) 329 47 98</t>
         </is>
       </c>
       <c r="Q74" s="5" t="inlineStr">
         <is>
-          <t>aleksandr.kudriavchenko@gmail.com</t>
-[...6 lines deleted...]
-      </c>
+          <t>ukrpromliftzvar@ukr.net</t>
+        </is>
+      </c>
+      <c r="R74" s="5"/>
       <c r="S74" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T74" s="5" t="inlineStr">
         <is>
-          <t>Кудрявченко Олександр Дмитрович</t>
+          <t>Бойко Ольга Валентинівна</t>
         </is>
       </c>
       <c r="U74" s="8"/>
       <c r="V74" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="75">
       <c r="A75" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "Є КОСМЕТОЛОДЖИ СКУЛ"</t>
+          <t>Товариство з обмеженою відповідальністю "Київський центр підготовки, перепідготовки і підвищення кваліфікації фахівців водного транспорту"</t>
         </is>
       </c>
       <c r="B75" s="6" t="n">
-        <v>6549</v>
+        <v>4112</v>
       </c>
       <c r="C75" s="6"/>
       <c r="D75" s="5" t="inlineStr">
         <is>
-          <t>ТОВ</t>
+          <t>ТОВ "КЦПППКФВТ"</t>
         </is>
       </c>
       <c r="E75" s="5"/>
       <c r="F75" s="7"/>
       <c r="G75" s="6"/>
       <c r="H75" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I75" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J75" s="5"/>
       <c r="K75" s="7" t="inlineStr">
         <is>
-          <t>01021</t>
+          <t>04080</t>
         </is>
       </c>
       <c r="L75" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M75" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N75" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O75" s="5" t="inlineStr">
         <is>
-          <t>узвіз Кловський, 7</t>
+          <t>вул. Оленівська, 25</t>
         </is>
       </c>
       <c r="P75" s="5" t="inlineStr">
         <is>
-          <t>(093)446-09-58</t>
+          <t>+380(44)-379-13-11</t>
         </is>
       </c>
       <c r="Q75" s="5" t="inlineStr">
         <is>
-          <t>43332680@ukr.net</t>
+          <t>kcmt@iptelecom.net.net</t>
         </is>
       </c>
       <c r="R75" s="5"/>
       <c r="S75" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T75" s="5" t="inlineStr">
         <is>
-          <t>Буркало Яна Василівна</t>
+          <t>Омельян Юрій Віталійович</t>
         </is>
       </c>
       <c r="U75" s="8"/>
       <c r="V75" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="76">
       <c r="A76" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Інсайт-Ліфт"</t>
+          <t>Товариство з обмеженою відповідальністю "КОСМО-ТРЕЙД АА"</t>
         </is>
       </c>
       <c r="B76" s="6" t="n">
-        <v>2767</v>
+        <v>3783</v>
       </c>
       <c r="C76" s="6"/>
       <c r="D76" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ІНСАЙТ-ЛІФТ"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E76" s="5"/>
       <c r="F76" s="7"/>
       <c r="G76" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H76" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I76" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J76" s="5"/>
       <c r="K76" s="7" t="inlineStr">
         <is>
-          <t>02089</t>
+          <t>03049</t>
         </is>
       </c>
       <c r="L76" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M76" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N76" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O76" s="5" t="inlineStr">
         <is>
-          <t>вул. Радистів, 64</t>
+          <t>вул. Юліуса Фучика, 13</t>
         </is>
       </c>
       <c r="P76" s="5" t="inlineStr">
         <is>
-          <t>(097) 329 47 98</t>
+          <t>(044) 351-11-80</t>
         </is>
       </c>
       <c r="Q76" s="5" t="inlineStr">
         <is>
-          <t>ukrpromliftzvar@ukr.net</t>
+          <t>cosmo@krasa.kiev.ua</t>
         </is>
       </c>
       <c r="R76" s="5"/>
       <c r="S76" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T76" s="5" t="inlineStr">
         <is>
-          <t>Бойко Ольга Валентинівна</t>
+          <t>Шаправська-Бенч Ірина Володимирівна</t>
         </is>
       </c>
       <c r="U76" s="8"/>
       <c r="V76" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="77">
       <c r="A77" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Київський центр підготовки, перепідготовки і підвищення кваліфікації фахівців водного транспорту"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЦЕНТР "НАВІГАТОР"</t>
         </is>
       </c>
       <c r="B77" s="6" t="n">
-        <v>4112</v>
+        <v>7125</v>
       </c>
       <c r="C77" s="6"/>
       <c r="D77" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "КЦПППКФВТ"</t>
+          <t>ТОВ "НАВЧАЛЬНИЙ ЦЕНТР "НАВІГАТОР"</t>
         </is>
       </c>
       <c r="E77" s="5"/>
       <c r="F77" s="7"/>
-      <c r="G77" s="6"/>
+      <c r="G77" s="6" t="n">
+        <v>2013</v>
+      </c>
       <c r="H77" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I77" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J77" s="5"/>
       <c r="K77" s="7" t="inlineStr">
         <is>
-          <t>04080</t>
+          <t>02068</t>
         </is>
       </c>
       <c r="L77" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N77" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O77" s="5" t="inlineStr">
         <is>
-          <t>вул. Оленівська, 25</t>
+          <t>вул. Анни Ахматової, 13</t>
         </is>
       </c>
       <c r="P77" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-379-13-11</t>
+          <t>(098)767-47-44</t>
         </is>
       </c>
       <c r="Q77" s="5" t="inlineStr">
         <is>
-          <t>kcmt@iptelecom.net.net</t>
+          <t>navihator1@gmail.com</t>
         </is>
       </c>
       <c r="R77" s="5"/>
       <c r="S77" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T77" s="5" t="inlineStr">
         <is>
-          <t>Омельян Юрій Віталійович</t>
+          <t>Козярук Микола Володимирович</t>
         </is>
       </c>
       <c r="U77" s="8"/>
       <c r="V77" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="78">
       <c r="A78" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "КОСМО-ТРЕЙД АА"</t>
+          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий центр "Безпека та надійність"</t>
         </is>
       </c>
       <c r="B78" s="6" t="n">
-        <v>3783</v>
+        <v>3623</v>
       </c>
       <c r="C78" s="6"/>
       <c r="D78" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "НВЦ "Безпека та надійність"</t>
         </is>
       </c>
       <c r="E78" s="5"/>
       <c r="F78" s="7"/>
       <c r="G78" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H78" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I78" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J78" s="5"/>
       <c r="K78" s="7" t="inlineStr">
         <is>
-          <t>03049</t>
+          <t>02166</t>
         </is>
       </c>
       <c r="L78" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M78" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N78" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O78" s="5" t="inlineStr">
         <is>
-          <t>вул. Юліуса Фучика, 13</t>
+          <t>просп. Лісовий, 12-А,кв.5,кім.3</t>
         </is>
       </c>
       <c r="P78" s="5" t="inlineStr">
         <is>
-          <t>(044) 351-11-80</t>
+          <t>(044) 3792468</t>
         </is>
       </c>
       <c r="Q78" s="5" t="inlineStr">
         <is>
-          <t>cosmo@krasa.kiev.ua</t>
+          <t>educational_center@ukr.net</t>
         </is>
       </c>
       <c r="R78" s="5"/>
       <c r="S78" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T78" s="5" t="inlineStr">
         <is>
-          <t>Шаправська-Бенч Ірина Володимирівна</t>
+          <t>Сивак Володимир Федорович</t>
         </is>
       </c>
       <c r="U78" s="8"/>
       <c r="V78" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="79">
       <c r="A79" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНИЙ ЦЕНТР "НАВІГАТОР"</t>
+          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий центр "НАТАЛКА"</t>
         </is>
       </c>
       <c r="B79" s="6" t="n">
-        <v>7125</v>
+        <v>3852</v>
       </c>
       <c r="C79" s="6"/>
       <c r="D79" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НАВЧАЛЬНИЙ ЦЕНТР "НАВІГАТОР"</t>
+          <t>ТОВ"НВЦ"НАТАЛКА"</t>
         </is>
       </c>
       <c r="E79" s="5"/>
       <c r="F79" s="7"/>
       <c r="G79" s="6" t="n">
-        <v>2013</v>
+        <v>2000</v>
       </c>
       <c r="H79" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I79" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J79" s="5"/>
       <c r="K79" s="7" t="inlineStr">
         <is>
-          <t>02068</t>
+          <t>02232</t>
         </is>
       </c>
       <c r="L79" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000336424</t>
         </is>
       </c>
       <c r="M79" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N79" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O79" s="5" t="inlineStr">
         <is>
-          <t>вул. Анни Ахматової, 13</t>
+          <t>вул. Сабурова, 19-Б</t>
         </is>
       </c>
       <c r="P79" s="5" t="inlineStr">
         <is>
-          <t>(098)767-47-44</t>
-[...6 lines deleted...]
-      </c>
+          <t>(044) 2373520</t>
+        </is>
+      </c>
+      <c r="Q79" s="5"/>
       <c r="R79" s="5"/>
       <c r="S79" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T79" s="5" t="inlineStr">
         <is>
-          <t>Козярук Микола Володимирович</t>
-[...3 lines deleted...]
-      <c r="V79" s="5"/>
+          <t>Юрченко Наталія Степанівна</t>
+        </is>
+      </c>
+      <c r="U79" s="8" t="n">
+        <v>45701</v>
+      </c>
+      <c r="V79" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="80">
       <c r="A80" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий центр "Безпека та надійність"</t>
+          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий центр "Професійна безпека"</t>
         </is>
       </c>
       <c r="B80" s="6" t="n">
-        <v>3623</v>
+        <v>3886</v>
       </c>
       <c r="C80" s="6"/>
       <c r="D80" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НВЦ "Безпека та надійність"</t>
+          <t>ТОВ "НВЦ "Професійна безпека"</t>
         </is>
       </c>
       <c r="E80" s="5"/>
       <c r="F80" s="7"/>
       <c r="G80" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H80" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I80" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J80" s="5"/>
       <c r="K80" s="7" t="inlineStr">
         <is>
-          <t>02166</t>
+          <t>03115</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>просп. Лісовий, 12-А,кв.5,кім.3</t>
+          <t>просп. Берестейський, 118, 3 поверх</t>
         </is>
       </c>
       <c r="P80" s="5" t="inlineStr">
         <is>
-          <t>(044) 3792468</t>
+          <t>(044) 5010024, 5010014, 2210453, 2210452</t>
         </is>
       </c>
       <c r="Q80" s="5" t="inlineStr">
         <is>
-          <t>educational_center@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R80" s="5"/>
+          <t>office@profbezpeka.com.ua</t>
+        </is>
+      </c>
+      <c r="R80" s="5" t="inlineStr">
+        <is>
+          <t>profbezpeka.com.ua</t>
+        </is>
+      </c>
       <c r="S80" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
-          <t>Сивак Володимир Федорович</t>
+          <t>Олегов Данило Ігорович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="81">
       <c r="A81" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий центр "НАТАЛКА"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНО-КУРСОВИЙ ЦЕНТР "БУДМАШОСНОВА"</t>
         </is>
       </c>
       <c r="B81" s="6" t="n">
-        <v>3852</v>
+        <v>7205</v>
       </c>
       <c r="C81" s="6"/>
       <c r="D81" s="5" t="inlineStr">
         <is>
-          <t>ТОВ"НВЦ"НАТАЛКА"</t>
+          <t>ТОВ "НКЦ "БУДМАШОСНОВА"</t>
         </is>
       </c>
       <c r="E81" s="5"/>
       <c r="F81" s="7"/>
       <c r="G81" s="6" t="n">
-        <v>2000</v>
+        <v>2008</v>
       </c>
       <c r="H81" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I81" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J81" s="5"/>
       <c r="K81" s="7" t="inlineStr">
         <is>
-          <t>02232</t>
+          <t>03194</t>
         </is>
       </c>
       <c r="L81" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000336424</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M81" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N81" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O81" s="5" t="inlineStr">
         <is>
-          <t>вул. Сабурова, 19-Б</t>
+          <t>бульв. Кольцова, 14Ж</t>
         </is>
       </c>
       <c r="P81" s="5" t="inlineStr">
         <is>
-          <t>(044) 2373520</t>
-[...2 lines deleted...]
-      <c r="Q81" s="5"/>
+          <t>(066)031-87-17</t>
+        </is>
+      </c>
+      <c r="Q81" s="5" t="inlineStr">
+        <is>
+          <t>bmosnova@gmail.com</t>
+        </is>
+      </c>
       <c r="R81" s="5"/>
       <c r="S81" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T81" s="5" t="inlineStr">
         <is>
-          <t>Юрченко Наталія Степанівна</t>
-[...9 lines deleted...]
-      </c>
+          <t>Поліщук Юрій Борисович</t>
+        </is>
+      </c>
+      <c r="U81" s="8"/>
+      <c r="V81" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="82">
       <c r="A82" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Навчально-виробничий центр "Професійна безпека"</t>
+          <t>Товариство з обмеженою відповідальністю "Науково-виробнича компанія "Профцентр"</t>
         </is>
       </c>
       <c r="B82" s="6" t="n">
-        <v>3886</v>
+        <v>3449</v>
       </c>
       <c r="C82" s="6"/>
       <c r="D82" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НВЦ "Професійна безпека"</t>
+          <t>ТОВ "НВК "ПРОФЦЕНТР"</t>
         </is>
       </c>
       <c r="E82" s="5"/>
       <c r="F82" s="7"/>
       <c r="G82" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H82" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I82" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J82" s="5"/>
       <c r="K82" s="7" t="inlineStr">
         <is>
-          <t>03115</t>
+          <t>02068</t>
         </is>
       </c>
       <c r="L82" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000210193</t>
         </is>
       </c>
       <c r="M82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N82" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O82" s="5" t="inlineStr">
         <is>
-          <t>просп. Берестейський, 118, 3 поверх</t>
+          <t>просп. Миколи Бажана, 1-м, офіс 8</t>
         </is>
       </c>
       <c r="P82" s="5" t="inlineStr">
         <is>
-          <t>(044) 5010024, 5010014, 2210453, 2210452</t>
+          <t>(044) 5924248, 2544215, 5036317</t>
         </is>
       </c>
       <c r="Q82" s="5" t="inlineStr">
         <is>
-          <t>office@profbezpeka.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>nvk.profcenter@gmail.com</t>
+        </is>
+      </c>
+      <c r="R82" s="5"/>
       <c r="S82" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T82" s="5" t="inlineStr">
         <is>
-          <t>Олегов Данило Ігорович</t>
-[...3 lines deleted...]
-      <c r="V82" s="5"/>
+          <t>Резніченко Олександр Миколайович</t>
+        </is>
+      </c>
+      <c r="U82" s="8" t="n">
+        <v>43405</v>
+      </c>
+      <c r="V82" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="83">
       <c r="A83" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "НАВЧАЛЬНО-КУРСОВИЙ ЦЕНТР "БУДМАШОСНОВА"</t>
+          <t>Товариство з обмеженою відповідальністю "Оптіма Хотел Менеджмент"</t>
         </is>
       </c>
       <c r="B83" s="6" t="n">
-        <v>7205</v>
+        <v>4313</v>
       </c>
       <c r="C83" s="6"/>
       <c r="D83" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НКЦ "БУДМАШОСНОВА"</t>
+          <t>ТОВ "Оптіма Хотел Менеджмент"</t>
         </is>
       </c>
       <c r="E83" s="5"/>
       <c r="F83" s="7"/>
-      <c r="G83" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G83" s="6"/>
       <c r="H83" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I83" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J83" s="5"/>
       <c r="K83" s="7" t="inlineStr">
         <is>
-          <t>03194</t>
+          <t>02081</t>
         </is>
       </c>
       <c r="L83" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M83" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N83" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O83" s="5" t="inlineStr">
         <is>
-          <t>бульв. Кольцова, 14Ж</t>
+          <t>вул. Тепловозна, 18 Д</t>
         </is>
       </c>
       <c r="P83" s="5" t="inlineStr">
         <is>
-          <t>(066)031-87-17</t>
+          <t>+380 98-138-52-38</t>
         </is>
       </c>
       <c r="Q83" s="5" t="inlineStr">
         <is>
-          <t>bmosnova@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R83" s="5"/>
+          <t>navchcentr@optimahotels.com.ua</t>
+        </is>
+      </c>
+      <c r="R83" s="5" t="inlineStr">
+        <is>
+          <t>https://www.hotel-school.com.ua/</t>
+        </is>
+      </c>
       <c r="S83" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T83" s="5" t="inlineStr">
         <is>
-          <t>Поліщук Юрій Борисович</t>
+          <t>Романчук Надія Сергіївна</t>
         </is>
       </c>
       <c r="U83" s="8"/>
       <c r="V83" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="84">
       <c r="A84" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Науково-виробнича компанія "Профцентр"</t>
+          <t>Товариство з обмеженою відповідальністю "Руки-Ножиці"</t>
         </is>
       </c>
       <c r="B84" s="6" t="n">
-        <v>3449</v>
+        <v>3984</v>
       </c>
       <c r="C84" s="6"/>
       <c r="D84" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "НВК "ПРОФЦЕНТР"</t>
+          <t>ТОВ "Руки-Ножиці"</t>
         </is>
       </c>
       <c r="E84" s="5"/>
       <c r="F84" s="7"/>
       <c r="G84" s="6" t="n">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="H84" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I84" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J84" s="5"/>
       <c r="K84" s="7" t="inlineStr">
         <is>
-          <t>02068</t>
+          <t>03150</t>
         </is>
       </c>
       <c r="L84" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000210193</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M84" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N84" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O84" s="5" t="inlineStr">
         <is>
-          <t>просп. Миколи Бажана, 1-м, офіс 8</t>
+          <t>вул. Ковпака, 4</t>
         </is>
       </c>
       <c r="P84" s="5" t="inlineStr">
         <is>
-          <t>(044) 5924248, 2544215, 5036317</t>
+          <t>+095(85)-607-07</t>
         </is>
       </c>
       <c r="Q84" s="5" t="inlineStr">
         <is>
-          <t>nvk.profcenter@gmail.com</t>
+          <t>rykinoznici@ukr.net</t>
         </is>
       </c>
       <c r="R84" s="5"/>
       <c r="S84" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T84" s="5" t="inlineStr">
         <is>
-          <t>Резніченко Олександр Миколайович</t>
+          <t>Кравченко Анна Геннадіївна</t>
         </is>
       </c>
       <c r="U84" s="8" t="n">
-        <v>43405</v>
+        <v>44727</v>
       </c>
       <c r="V84" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="85">
       <c r="A85" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Оптіма Хотел Менеджмент"</t>
+          <t>Товариство з обмеженою відповідальністю "Секьюрайті"</t>
         </is>
       </c>
       <c r="B85" s="6" t="n">
-        <v>4313</v>
+        <v>3883</v>
       </c>
       <c r="C85" s="6"/>
       <c r="D85" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Оптіма Хотел Менеджмент"</t>
-[...2 lines deleted...]
-      <c r="E85" s="5"/>
+          <t>ТОВ "Секьюрайті"</t>
+        </is>
+      </c>
+      <c r="E85" s="5" t="inlineStr">
+        <is>
+          <t>LIMITED LIABILITY COMPANY "SECUREIT"</t>
+        </is>
+      </c>
       <c r="F85" s="7"/>
-      <c r="G85" s="6"/>
+      <c r="G85" s="6" t="n">
+        <v>2000</v>
+      </c>
       <c r="H85" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I85" s="5" t="inlineStr">
         <is>
-          <t>Приватна</t>
+          <t>Державна</t>
         </is>
       </c>
       <c r="J85" s="5"/>
       <c r="K85" s="7" t="inlineStr">
         <is>
-          <t>02081</t>
+          <t>03680</t>
         </is>
       </c>
       <c r="L85" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000875983</t>
         </is>
       </c>
       <c r="M85" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N85" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O85" s="5" t="inlineStr">
         <is>
-          <t>вул. Тепловозна, 18 Д</t>
+          <t>вул. Сім`ї Сосніних, 11</t>
         </is>
       </c>
       <c r="P85" s="5" t="inlineStr">
         <is>
-          <t>+380 98-138-52-38</t>
+          <t>(044) 5000840, 5033389</t>
         </is>
       </c>
       <c r="Q85" s="5" t="inlineStr">
         <is>
-          <t>navchcentr@optimahotels.com.ua</t>
-[...6 lines deleted...]
-      </c>
+          <t>secureit@i.ua</t>
+        </is>
+      </c>
+      <c r="R85" s="5"/>
       <c r="S85" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
-[...8 lines deleted...]
-      <c r="V85" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T85" s="5"/>
+      <c r="U85" s="8" t="n">
+        <v>43697</v>
+      </c>
+      <c r="V85" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="86">
       <c r="A86" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Руки-Ножиці"</t>
+          <t>Товариство з обмеженою відповідальністю "Сунар"</t>
         </is>
       </c>
       <c r="B86" s="6" t="n">
-        <v>3984</v>
+        <v>2984</v>
       </c>
       <c r="C86" s="6"/>
       <c r="D86" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Руки-Ножиці"</t>
+          <t>ТОВ "Сунар"</t>
         </is>
       </c>
       <c r="E86" s="5"/>
       <c r="F86" s="7"/>
       <c r="G86" s="6" t="n">
-        <v>2015</v>
+        <v>2004</v>
       </c>
       <c r="H86" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I86" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J86" s="5"/>
       <c r="K86" s="7" t="inlineStr">
         <is>
-          <t>03150</t>
+          <t>04119</t>
         </is>
       </c>
       <c r="L86" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M86" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N86" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O86" s="5" t="inlineStr">
         <is>
-          <t>вул. Ковпака, 4</t>
+          <t>вул. Дорогожицька, 1</t>
         </is>
       </c>
       <c r="P86" s="5" t="inlineStr">
         <is>
-          <t>+095(85)-607-07</t>
+          <t>(044) 2476702</t>
         </is>
       </c>
       <c r="Q86" s="5" t="inlineStr">
         <is>
-          <t>rykinoznici@ukr.net</t>
+          <t>sunarltd@gmail.com</t>
         </is>
       </c>
       <c r="R86" s="5"/>
       <c r="S86" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T86" s="5" t="inlineStr">
         <is>
-          <t>Кравченко Анна Геннадіївна</t>
+          <t>Приходько Андрій Олексійович</t>
         </is>
       </c>
       <c r="U86" s="8" t="n">
-        <v>44727</v>
+        <v>43405</v>
       </c>
       <c r="V86" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="87">
       <c r="A87" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Секьюрайті"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ТЕПЛОБУД КОМПАНІ"</t>
         </is>
       </c>
       <c r="B87" s="6" t="n">
-        <v>3883</v>
+        <v>4287</v>
       </c>
       <c r="C87" s="6"/>
       <c r="D87" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Секьюрайті"</t>
-[...6 lines deleted...]
-      </c>
+          <t>ТОВ "ТЕПЛОБУД КОМПАНІ"</t>
+        </is>
+      </c>
+      <c r="E87" s="5"/>
       <c r="F87" s="7"/>
       <c r="G87" s="6" t="n">
-        <v>2000</v>
+        <v>2015</v>
       </c>
       <c r="H87" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I87" s="5" t="inlineStr">
         <is>
-          <t>Державна</t>
+          <t>Приватна</t>
         </is>
       </c>
       <c r="J87" s="5"/>
       <c r="K87" s="7" t="inlineStr">
         <is>
-          <t>03680</t>
+          <t>03062</t>
         </is>
       </c>
       <c r="L87" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000875983</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M87" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N87" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O87" s="5" t="inlineStr">
         <is>
-          <t>вул. Сім`ї Сосніних, 11</t>
+          <t>вул. Червонозаводська, 7</t>
         </is>
       </c>
       <c r="P87" s="5" t="inlineStr">
         <is>
-          <t>(044) 5000840, 5033389</t>
+          <t>+044(20)-536-32</t>
         </is>
       </c>
       <c r="Q87" s="5" t="inlineStr">
         <is>
-          <t>secureit@i.ua</t>
+          <t>trn15@ukr.net</t>
         </is>
       </c>
       <c r="R87" s="5"/>
       <c r="S87" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T87" s="5" t="inlineStr">
+        <is>
+          <t>Трипуз Микола Миколайович</t>
+        </is>
+      </c>
+      <c r="U87" s="8"/>
+      <c r="V87" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="88">
       <c r="A88" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Сунар"</t>
+          <t>Товариство з обмеженою відповідальністю "ТРАНСІМПЕКС ДЕМАЙНІНГ"</t>
         </is>
       </c>
       <c r="B88" s="6" t="n">
-        <v>2984</v>
+        <v>7202</v>
       </c>
       <c r="C88" s="6"/>
       <c r="D88" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Сунар"</t>
+          <t>ТОВ «ТРАНСІМПЕКС ДЕМАЙНІНГ»</t>
         </is>
       </c>
       <c r="E88" s="5"/>
       <c r="F88" s="7"/>
       <c r="G88" s="6" t="n">
-        <v>2004</v>
+        <v>2003</v>
       </c>
       <c r="H88" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I88" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J88" s="5"/>
+      <c r="J88" s="5" t="inlineStr">
+        <is>
+          <t>Засновник</t>
+        </is>
+      </c>
       <c r="K88" s="7" t="inlineStr">
         <is>
-          <t>04119</t>
+          <t>02141</t>
         </is>
       </c>
       <c r="L88" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M88" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N88" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O88" s="5" t="inlineStr">
         <is>
-          <t>вул. Дорогожицька, 1</t>
+          <t>вул. О. Мишуги, 3-В офіс 20</t>
         </is>
       </c>
       <c r="P88" s="5" t="inlineStr">
         <is>
-          <t>(044) 2476702</t>
+          <t>(050)310-85-44</t>
         </is>
       </c>
       <c r="Q88" s="5" t="inlineStr">
         <is>
-          <t>sunarltd@gmail.com</t>
-[...2 lines deleted...]
-      <c r="R88" s="5"/>
+          <t>pvi0411@ukr.net</t>
+        </is>
+      </c>
+      <c r="R88" s="5" t="inlineStr">
+        <is>
+          <t>www.transimpex.us</t>
+        </is>
+      </c>
       <c r="S88" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T88" s="5" t="inlineStr">
         <is>
-          <t>Приходько Андрій Олексійович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Петраченков Володимир Іванович</t>
+        </is>
+      </c>
+      <c r="U88" s="8"/>
+      <c r="V88" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="89">
       <c r="A89" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ТЕПЛОБУД КОМПАНІ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКА ШКОЛА РОЗМІНУВАННЯ"</t>
         </is>
       </c>
       <c r="B89" s="6" t="n">
-        <v>4287</v>
+        <v>7263</v>
       </c>
       <c r="C89" s="6"/>
       <c r="D89" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ТЕПЛОБУД КОМПАНІ"</t>
+          <t>ТОВ "УКРАЇНСЬКА ШКОЛА РОЗМІНУВАННЯ"</t>
         </is>
       </c>
       <c r="E89" s="5"/>
       <c r="F89" s="7"/>
       <c r="G89" s="6" t="n">
-        <v>2015</v>
+        <v>2025</v>
       </c>
       <c r="H89" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I89" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J89" s="5"/>
       <c r="K89" s="7" t="inlineStr">
         <is>
-          <t>03062</t>
+          <t>04080</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
-          <t>вул. Червонозаводська, 7</t>
+          <t>вул. Нижньоюрківська, 9</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>+044(20)-536-32</t>
+          <t>+38(099)-098-75-86</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>trn15@ukr.net</t>
-[...2 lines deleted...]
-      <c r="R89" s="5"/>
+          <t>office@demining.school</t>
+        </is>
+      </c>
+      <c r="R89" s="5" t="inlineStr">
+        <is>
+          <t>https://demining.school/</t>
+        </is>
+      </c>
       <c r="S89" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
-          <t>Трипуз Микола Миколайович</t>
+          <t>Ковальов Андрій Валерійович</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "ТРАНСІМПЕКС ДЕМАЙНІНГ"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат (К)"</t>
         </is>
       </c>
       <c r="B90" s="6" t="n">
-        <v>7202</v>
+        <v>3244</v>
       </c>
       <c r="C90" s="6"/>
       <c r="D90" s="5" t="inlineStr">
         <is>
-          <t>ТОВ «ТРАНСІМПЕКС ДЕМАЙНІНГ»</t>
+          <t>ТОВ "Учбово-курсовий комбінат (К)"</t>
         </is>
       </c>
       <c r="E90" s="5"/>
       <c r="F90" s="7"/>
       <c r="G90" s="6" t="n">
-        <v>2003</v>
+        <v>2000</v>
       </c>
       <c r="H90" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I90" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
-      <c r="J90" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="J90" s="5"/>
       <c r="K90" s="7" t="inlineStr">
         <is>
-          <t>02141</t>
+          <t>03045</t>
         </is>
       </c>
       <c r="L90" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000126643</t>
         </is>
       </c>
       <c r="M90" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N90" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O90" s="5" t="inlineStr">
         <is>
-          <t>вул. О. Мишуги, 3-В офіс 20</t>
+          <t>вул. Набережно-Корчуватська, 84, квартира 30</t>
         </is>
       </c>
       <c r="P90" s="5" t="inlineStr">
         <is>
-          <t>(050)310-85-44</t>
+          <t>(044) 2960196</t>
         </is>
       </c>
       <c r="Q90" s="5" t="inlineStr">
         <is>
-          <t>pvi0411@ukr.net</t>
-[...6 lines deleted...]
-      </c>
+          <t>tovukk1@ukr.net</t>
+        </is>
+      </c>
+      <c r="R90" s="5"/>
       <c r="S90" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>директор</t>
         </is>
       </c>
       <c r="T90" s="5" t="inlineStr">
         <is>
-          <t>Петраченков Володимир Іванович</t>
-[...3 lines deleted...]
-      <c r="V90" s="5"/>
+          <t>Пунегова Людмила Олексіївна</t>
+        </is>
+      </c>
+      <c r="U90" s="8" t="n">
+        <v>42810</v>
+      </c>
+      <c r="V90" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="91">
       <c r="A91" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "УКРАЇНСЬКА ШКОЛА РОЗМІНУВАННЯ"</t>
+          <t>Товариство з обмеженою відповідальністю "Учбово-методичний центр Служба охорони СТЕЛС"</t>
         </is>
       </c>
       <c r="B91" s="6" t="n">
-        <v>7263</v>
+        <v>3005</v>
       </c>
       <c r="C91" s="6"/>
       <c r="D91" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УКРАЇНСЬКА ШКОЛА РОЗМІНУВАННЯ"</t>
+          <t>ТОВ "УМЦ СОС"</t>
         </is>
       </c>
       <c r="E91" s="5"/>
       <c r="F91" s="7"/>
       <c r="G91" s="6" t="n">
-        <v>2025</v>
+        <v>2000</v>
       </c>
       <c r="H91" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I91" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J91" s="5"/>
       <c r="K91" s="7" t="inlineStr">
         <is>
-          <t>04080</t>
+          <t>03151</t>
         </is>
       </c>
       <c r="L91" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000093317</t>
+          <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N91" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O91" s="5" t="inlineStr">
         <is>
-          <t>вул. Нижньоюрківська, 9</t>
+          <t>вул. Народного Ополчення, 7</t>
         </is>
       </c>
       <c r="P91" s="5" t="inlineStr">
         <is>
-          <t>+38(099)-098-75-86</t>
+          <t>044 251 77 77</t>
         </is>
       </c>
       <c r="Q91" s="5" t="inlineStr">
         <is>
-          <t>office@demining.school</t>
-[...6 lines deleted...]
-      </c>
+          <t>kara.y@stelsl.com</t>
+        </is>
+      </c>
+      <c r="R91" s="5"/>
       <c r="S91" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
-[...8 lines deleted...]
-      <c r="V91" s="5"/>
+          <t>директор</t>
+        </is>
+      </c>
+      <c r="T91" s="5"/>
+      <c r="U91" s="8" t="n">
+        <v>43529</v>
+      </c>
+      <c r="V91" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="92">
       <c r="A92" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-курсовий комбінат (К)"</t>
+          <t>Товариство з обмеженою відповідальністю "Форт-А"</t>
         </is>
       </c>
       <c r="B92" s="6" t="n">
-        <v>3244</v>
+        <v>3111</v>
       </c>
       <c r="C92" s="6"/>
       <c r="D92" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "Учбово-курсовий комбінат (К)"</t>
+          <t>ТОВ "ФОРТ-А"</t>
         </is>
       </c>
       <c r="E92" s="5"/>
       <c r="F92" s="7"/>
       <c r="G92" s="6" t="n">
         <v>2000</v>
       </c>
       <c r="H92" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I92" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J92" s="5"/>
       <c r="K92" s="7" t="inlineStr">
         <is>
-          <t>03045</t>
+          <t>01004</t>
         </is>
       </c>
       <c r="L92" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000126643</t>
+          <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M92" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N92" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O92" s="5" t="inlineStr">
         <is>
-          <t>вул. Набережно-Корчуватська, 84, квартира 30</t>
+          <t>вул. Кропивницького, 8</t>
         </is>
       </c>
       <c r="P92" s="5" t="inlineStr">
         <is>
-          <t>(044) 2960196</t>
+          <t>(044) 2407788, 2546336, 24725021</t>
         </is>
       </c>
       <c r="Q92" s="5" t="inlineStr">
         <is>
-          <t>tovukk1@ukr.net</t>
+          <t>fort-a@bigmir.net</t>
         </is>
       </c>
       <c r="R92" s="5"/>
       <c r="S92" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T92" s="5" t="inlineStr">
         <is>
-          <t>Пунегова Людмила Олексіївна</t>
+          <t>Чередник Олександр Петрович</t>
         </is>
       </c>
       <c r="U92" s="8" t="n">
-        <v>42810</v>
+        <v>45538</v>
       </c>
       <c r="V92" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="93">
       <c r="A93" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Учбово-методичний центр Служба охорони СТЕЛС"</t>
+          <t>Товариство з обмеженою відповідальністю "ЦЕНТР ПІДГОТОВКИ СПЕЦІАЛІСТІВ БЕЗПЕКИ"</t>
         </is>
       </c>
       <c r="B93" s="6" t="n">
-        <v>3005</v>
+        <v>7397</v>
       </c>
       <c r="C93" s="6"/>
       <c r="D93" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "УМЦ СОС"</t>
+          <t>ТОВ "ЦПСБ"</t>
         </is>
       </c>
       <c r="E93" s="5"/>
       <c r="F93" s="7"/>
       <c r="G93" s="6" t="n">
-        <v>2000</v>
+        <v>2025</v>
       </c>
       <c r="H93" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I93" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J93" s="5"/>
       <c r="K93" s="7" t="inlineStr">
         <is>
-          <t>03151</t>
+          <t>04205</t>
         </is>
       </c>
       <c r="L93" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000980793</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M93" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N93" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O93" s="5" t="inlineStr">
         <is>
-          <t>вул. Народного Ополчення, 7</t>
+          <t>просп. Оболонський, 35</t>
         </is>
       </c>
       <c r="P93" s="5" t="inlineStr">
         <is>
-          <t>044 251 77 77</t>
+          <t>(093)913-78-85</t>
         </is>
       </c>
       <c r="Q93" s="5" t="inlineStr">
         <is>
-          <t>kara.y@stelsl.com</t>
+          <t>Yanadubrovskaya5@gmail.com</t>
         </is>
       </c>
       <c r="R93" s="5"/>
       <c r="S93" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
-[...10 lines deleted...]
-      </c>
+          <t>Директор</t>
+        </is>
+      </c>
+      <c r="T93" s="5" t="inlineStr">
+        <is>
+          <t>Чесних Яна Валентинівна</t>
+        </is>
+      </c>
+      <c r="U93" s="8"/>
+      <c r="V93" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="94">
       <c r="A94" s="5" t="inlineStr">
         <is>
-          <t>Товариство з обмеженою відповідальністю "Форт-А"</t>
+          <t>Філія "Навчальний центр впровадження кліматичних технологій при ТОВ "ІТЦ"ІВІК"</t>
         </is>
       </c>
       <c r="B94" s="6" t="n">
-        <v>3111</v>
-[...1 lines deleted...]
-      <c r="C94" s="6"/>
+        <v>5709</v>
+      </c>
+      <c r="C94" s="6" t="n">
+        <v>5706</v>
+      </c>
       <c r="D94" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ФОРТ-А"</t>
+          <t>.</t>
         </is>
       </c>
       <c r="E94" s="5"/>
       <c r="F94" s="7"/>
-      <c r="G94" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G94" s="6"/>
       <c r="H94" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I94" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J94" s="5"/>
       <c r="K94" s="7" t="inlineStr">
         <is>
-          <t>01004</t>
+          <t>04119</t>
         </is>
       </c>
       <c r="L94" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000624772</t>
+          <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M94" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N94" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O94" s="5" t="inlineStr">
         <is>
-          <t>вул. Кропивницького, 8</t>
+          <t>вул. Якіра, 10-А</t>
         </is>
       </c>
       <c r="P94" s="5" t="inlineStr">
         <is>
-          <t>(044) 2407788, 2546336, 24725021</t>
-[...6 lines deleted...]
-      </c>
+          <t>+380(44)-502-00-38</t>
+        </is>
+      </c>
+      <c r="Q94" s="5"/>
       <c r="R94" s="5"/>
       <c r="S94" s="5" t="inlineStr">
         <is>
-          <t>директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T94" s="5" t="inlineStr">
         <is>
-          <t>Чередник Олександр Петрович</t>
-[...9 lines deleted...]
-      </c>
+          <t>Машина Павло Валентинович</t>
+        </is>
+      </c>
+      <c r="U94" s="8"/>
+      <c r="V94" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="95">
       <c r="A95" s="5" t="inlineStr">
         <is>
-          <t>Філія "Навчальний центр впровадження кліматичних технологій при ТОВ "ІТЦ"ІВІК"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОХОРОННИЙ ХОЛДІНГ"</t>
         </is>
       </c>
       <c r="B95" s="6" t="n">
-        <v>5709</v>
-[...3 lines deleted...]
-      </c>
+        <v>2617</v>
+      </c>
+      <c r="C95" s="6"/>
       <c r="D95" s="5" t="inlineStr">
         <is>
-          <t>.</t>
+          <t>ТОВ "ОХОРОННИЙ ХОЛДІНГ"</t>
         </is>
       </c>
       <c r="E95" s="5"/>
       <c r="F95" s="7"/>
-      <c r="G95" s="6"/>
+      <c r="G95" s="6" t="n">
+        <v>2012</v>
+      </c>
       <c r="H95" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I95" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J95" s="5"/>
       <c r="K95" s="7" t="inlineStr">
         <is>
-          <t>04119</t>
+          <t>02183</t>
         </is>
       </c>
       <c r="L95" s="7" t="inlineStr">
         <is>
-          <t>UA80000000001078669</t>
+          <t>UA80000000000479391</t>
         </is>
       </c>
       <c r="M95" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N95" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O95" s="5" t="inlineStr">
         <is>
-          <t>вул. Якіра, 10-А</t>
+          <t>вул. Остафія Дашкевича, 20-а</t>
         </is>
       </c>
       <c r="P95" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-502-00-38</t>
-[...2 lines deleted...]
-      <c r="Q95" s="5"/>
+          <t>(044) 2211031</t>
+        </is>
+      </c>
+      <c r="Q95" s="5" t="inlineStr">
+        <is>
+          <t>office@ohholding.com.ua</t>
+        </is>
+      </c>
       <c r="R95" s="5"/>
       <c r="S95" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T95" s="5" t="inlineStr">
         <is>
-          <t>Машина Павло Валентинович</t>
+          <t>Москаленко Олександр Вікторович</t>
         </is>
       </c>
       <c r="U95" s="8"/>
       <c r="V95" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="96">
       <c r="A96" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОХОРОННИЙ ХОЛДІНГ"</t>
+          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ШЕРИФ-РОЗМІНУВАННЯ»</t>
         </is>
       </c>
       <c r="B96" s="6" t="n">
-        <v>2617</v>
+        <v>6953</v>
       </c>
       <c r="C96" s="6"/>
       <c r="D96" s="5" t="inlineStr">
         <is>
-          <t>ТОВ "ОХОРОННИЙ ХОЛДІНГ"</t>
+          <t>ТОВ «ШЕРИФ-РОЗМІНУВАННЯ»</t>
         </is>
       </c>
       <c r="E96" s="5"/>
       <c r="F96" s="7"/>
       <c r="G96" s="6" t="n">
-        <v>2012</v>
+        <v>2020</v>
       </c>
       <c r="H96" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I96" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J96" s="5"/>
       <c r="K96" s="7" t="inlineStr">
         <is>
-          <t>02183</t>
+          <t>02090</t>
         </is>
       </c>
       <c r="L96" s="7" t="inlineStr">
         <is>
-          <t>UA80000000000479391</t>
+          <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N96" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O96" s="5" t="inlineStr">
         <is>
-          <t>вул. Остафія Дашкевича, 20-а</t>
+          <t>вул. Сосницька, 5</t>
         </is>
       </c>
       <c r="P96" s="5" t="inlineStr">
         <is>
-          <t>(044) 2211031</t>
+          <t>0936419172</t>
         </is>
       </c>
       <c r="Q96" s="5" t="inlineStr">
         <is>
-          <t>office@ohholding.com.ua</t>
+          <t>rozminuvanya@sheriff.com.ua</t>
         </is>
       </c>
       <c r="R96" s="5"/>
       <c r="S96" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T96" s="5" t="inlineStr">
         <is>
-          <t>Москаленко Олександр Вікторович</t>
+          <t>Овчар Олександр Миколайович</t>
         </is>
       </c>
       <c r="U96" s="8"/>
       <c r="V96" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="97">
       <c r="A97" s="5" t="inlineStr">
         <is>
-          <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ «ШЕРИФ-РОЗМІНУВАННЯ»</t>
+          <t>Акціонерне товариство "Укртрансгаз"</t>
         </is>
       </c>
       <c r="B97" s="6" t="n">
-        <v>6953</v>
+        <v>5722</v>
       </c>
       <c r="C97" s="6"/>
       <c r="D97" s="5" t="inlineStr">
         <is>
-          <t>ТОВ «ШЕРИФ-РОЗМІНУВАННЯ»</t>
-[...2 lines deleted...]
-      <c r="E97" s="5"/>
+          <t>АТ "Укртрансгаз"</t>
+        </is>
+      </c>
+      <c r="E97" s="5" t="inlineStr">
+        <is>
+          <t>Join stock company Ukrtransgaz</t>
+        </is>
+      </c>
       <c r="F97" s="7"/>
-      <c r="G97" s="6" t="n">
-[...1 lines deleted...]
-      </c>
+      <c r="G97" s="6"/>
       <c r="H97" s="5" t="inlineStr">
         <is>
-          <t>Заклад професійної (професійно-технічної) освіти</t>
+          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I97" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J97" s="5"/>
       <c r="K97" s="7" t="inlineStr">
         <is>
-          <t>02090</t>
+          <t>01021</t>
         </is>
       </c>
       <c r="L97" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M97" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N97" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O97" s="5" t="inlineStr">
         <is>
-          <t>вул. Сосницька, 5</t>
+          <t>узвіз Кловський, 9/1</t>
         </is>
       </c>
       <c r="P97" s="5" t="inlineStr">
         <is>
-          <t>0936419172</t>
-[...7 lines deleted...]
-      <c r="R97" s="5"/>
+          <t>+380(44)-461-20-95</t>
+        </is>
+      </c>
+      <c r="Q97" s="5"/>
+      <c r="R97" s="5" t="inlineStr">
+        <is>
+          <t>www.utg.ua</t>
+        </is>
+      </c>
       <c r="S97" s="5" t="inlineStr">
         <is>
-          <t>Директор</t>
+          <t>Генеральний директор</t>
         </is>
       </c>
       <c r="T97" s="5" t="inlineStr">
         <is>
-          <t>Овчар Олександр Миколайович</t>
+          <t>Малютін Роман Юрійович</t>
         </is>
       </c>
       <c r="U97" s="8"/>
       <c r="V97" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="98">
       <c r="A98" s="5" t="inlineStr">
         <is>
-          <t>Акціонерне товариство "Укртрансгаз"</t>
+          <t>БЛАГОДІЙНА ОРГАНІЗАЦІЯ "БЛАГОДІЙНИЙ ФОНД "ШВЕЙЦАРСЬКИЙ ФОНД З ПРОТИМІННОЇ ДІЯЛЬНОСТІ ФСД В УКРАЇНІ"</t>
         </is>
       </c>
       <c r="B98" s="6" t="n">
-        <v>5722</v>
+        <v>7210</v>
       </c>
       <c r="C98" s="6"/>
       <c r="D98" s="5" t="inlineStr">
         <is>
-          <t>АТ "Укртрансгаз"</t>
-[...6 lines deleted...]
-      </c>
+          <t>.</t>
+        </is>
+      </c>
+      <c r="E98" s="5"/>
       <c r="F98" s="7"/>
       <c r="G98" s="6"/>
       <c r="H98" s="5" t="inlineStr">
         <is>
           <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
         </is>
       </c>
       <c r="I98" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J98" s="5"/>
       <c r="K98" s="7" t="inlineStr">
         <is>
-          <t>01021</t>
+          <t>04073</t>
         </is>
       </c>
       <c r="L98" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M98" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N98" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
-          <t>узвіз Кловський, 9/1</t>
+          <t>вул. Сирецька, 38</t>
         </is>
       </c>
       <c r="P98" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-461-20-95</t>
-[...7 lines deleted...]
-      </c>
+          <t>(050)619-93-41</t>
+        </is>
+      </c>
+      <c r="Q98" s="5" t="inlineStr">
+        <is>
+          <t>sergiy.kolobylin@fsd.ch</t>
+        </is>
+      </c>
+      <c r="R98" s="5"/>
       <c r="S98" s="5" t="inlineStr">
         <is>
-          <t>Генеральний директор</t>
+          <t>Голова Правління</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Малютін Роман Юрійович</t>
+          <t>Поррітт Елеанор Мері</t>
         </is>
       </c>
       <c r="U98" s="8"/>
       <c r="V98" s="5"/>
     </row>
-    <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
-[...76 lines deleted...]
-    </row>
   </sheetData>
-  <autoFilter ref="A1:V99"/>
+  <autoFilter ref="A1:V98"/>
   <printOptions headings="false" gridLines="false" gridLinesSet="true" horizontalCentered="false" verticalCentered="false"/>
   <pageMargins left="0.5" right="0.5" top="1.0" bottom="1.0" header="0.5" footer="0.5"/>
   <pageSetup blackAndWhite="false" cellComments="none" copies="1" draft="false" firstPageNumber="1" fitToHeight="1" fitToWidth="1" horizontalDpi="300" orientation="portrait" pageOrder="downThenOver" paperSize="1" scale="100" useFirstPageNumber="true" usePrinterDefaults="false" verticalDpi="300"/>
   <headerFooter differentFirst="false" differentOddEven="false">
     <oddHeader>&amp;C&amp;"Times New Roman,Regular"&amp;12&amp;A</oddHeader>
     <oddFooter>&amp;C&amp;"Times New Roman,Regular"&amp;12Page &amp;P</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
   <Company>ДП «Інфоресурс»</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>