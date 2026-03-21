--- v2 (2026-02-04)
+++ v3 (2026-03-21)
@@ -547,54 +547,58 @@
           <t>03113</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Дегтярівська, 37</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>4680146;</t>
-[...2 lines deleted...]
-      <c r="Q4" s="5"/>
+          <t>+38(044)-454-00-15</t>
+        </is>
+      </c>
+      <c r="Q4" s="5" t="inlineStr">
+        <is>
+          <t>yulya1650@ukr.net</t>
+        </is>
+      </c>
       <c r="R4" s="5"/>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Т.в.о. директора</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Литвинов Сергій Дмитрович</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Відокремлений підрозділ "Луганський обласний навчальний центр підготовки, перепідготовки і підвищення кваліфікації кадрів АПК Східноукраїнського національного університету імені Володимира Даля"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>6999</v>
       </c>
       <c r="C5" s="6" t="n">
         <v>21</v>
@@ -1237,51 +1241,51 @@
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>Державний заклад професійної (професійно-технічної) освіти зі специфічними умовами навчання "Академія патрульної поліції"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>4193</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>Академія патрульної поліції</t>
         </is>
       </c>
       <c r="E13" s="5" t="inlineStr">
         <is>
           <t>State institution of Vocational (vocational and technical) Education with Specific "Academy of Patrol Police"</t>
         </is>
       </c>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
         <v>2017</v>
       </c>
       <c r="H13" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I13" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J13" s="5" t="inlineStr">
         <is>
           <t>Національна поліція України</t>
         </is>
       </c>
       <c r="K13" s="7" t="inlineStr">
         <is>
           <t>03151</t>
         </is>
       </c>
       <c r="L13" s="7" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M13" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
@@ -1814,51 +1818,51 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O19" s="5" t="inlineStr">
         <is>
           <t>вул. Кониського Олександра, 82 А</t>
         </is>
       </c>
       <c r="P19" s="5" t="inlineStr">
         <is>
           <t>(050)788-96-72</t>
         </is>
       </c>
       <c r="Q19" s="5" t="inlineStr">
         <is>
           <t>extrce2025@ukr.net</t>
         </is>
       </c>
       <c r="R19" s="5" t="inlineStr">
         <is>
           <t>https://extrce.com.ua</t>
         </is>
       </c>
       <c r="S19" s="5" t="inlineStr">
         <is>
-          <t>т.в.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T19" s="5" t="inlineStr">
         <is>
           <t>Шиян Ганна Володимирівна</t>
         </is>
       </c>
       <c r="U19" s="8"/>
       <c r="V19" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="20">
       <c r="A20" s="5" t="inlineStr">
         <is>
           <t>Київський професійний ліцей транспорту</t>
         </is>
       </c>
       <c r="B20" s="6" t="n">
         <v>2237</v>
       </c>
       <c r="C20" s="6"/>
       <c r="D20" s="5" t="inlineStr">
         <is>
           <t>КПЛТ</t>
         </is>
       </c>
@@ -2524,51 +2528,51 @@
       <c r="T27" s="5" t="inlineStr">
         <is>
           <t>Гоменюк Дмитро Васильович</t>
         </is>
       </c>
       <c r="U27" s="8"/>
       <c r="V27" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="28">
       <c r="A28" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж артдизайну"</t>
         </is>
       </c>
       <c r="B28" s="6" t="n">
         <v>6779</v>
       </c>
       <c r="C28" s="6"/>
       <c r="D28" s="5" t="inlineStr">
         <is>
           <t>КПКАД</t>
         </is>
       </c>
       <c r="E28" s="5" t="inlineStr">
         <is>
-          <t>Municipal institution of vocational (vocational and technical) education "Kyiv Vocational College of Art Design</t>
+          <t>Municipal institution of vocational (vocational and technical) education "Kyiv Vocational College of Art Design"</t>
         </is>
       </c>
       <c r="F28" s="7"/>
       <c r="G28" s="6"/>
       <c r="H28" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I28" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J28" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K28" s="7" t="inlineStr">
         <is>
           <t>03134</t>
         </is>
       </c>
       <c r="L28" s="7" t="inlineStr">
@@ -2614,51 +2618,51 @@
       <c r="T28" s="5" t="inlineStr">
         <is>
           <t>Авраменко Ольга Олексіївна</t>
         </is>
       </c>
       <c r="U28" s="8"/>
       <c r="V28" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="29">
       <c r="A29" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж будівництва і комунального господарства"</t>
         </is>
       </c>
       <c r="B29" s="6" t="n">
         <v>6907</v>
       </c>
       <c r="C29" s="6"/>
       <c r="D29" s="5" t="inlineStr">
         <is>
           <t>КПКБіКГ</t>
         </is>
       </c>
       <c r="E29" s="5" t="inlineStr">
         <is>
-          <t>Communal institution of vocational education "Kyiv vocational college construction and communal economy"</t>
+          <t>Municipal institution of vocational (vocational and technical education) "Kyiv Vocational College of Construction and Communal Economy"</t>
         </is>
       </c>
       <c r="F29" s="7"/>
       <c r="G29" s="6" t="n">
         <v>1984</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
           <t>Департамент освіти і науки виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>03164</t>
         </is>
@@ -2773,51 +2777,51 @@
           <t>бульв. Шевченка Тараса, 56</t>
         </is>
       </c>
       <c r="P30" s="5" t="inlineStr">
         <is>
           <t>(044) 235-16-40</t>
         </is>
       </c>
       <c r="Q30" s="5" t="inlineStr">
         <is>
           <t>mvpu@ukr.net</t>
         </is>
       </c>
       <c r="R30" s="5" t="inlineStr">
         <is>
           <t>pkvfp.kiev.ua</t>
         </is>
       </c>
       <c r="S30" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T30" s="5" t="inlineStr">
         <is>
-          <t>Петрович Василь Сергійович</t>
+          <t>Волошкова Лада Миколаївна</t>
         </is>
       </c>
       <c r="U30" s="8"/>
       <c r="V30" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="31">
       <c r="A31" s="5" t="inlineStr">
         <is>
           <t>Комунальний заклад професійної (професійно-технічної) освіти "Київський професійний коледж залізничного транспорту імені В.С. Кудряшова"</t>
         </is>
       </c>
       <c r="B31" s="6" t="n">
         <v>6921</v>
       </c>
       <c r="C31" s="6"/>
       <c r="D31" s="5" t="inlineStr">
         <is>
           <t>КПКЗТ ІМЕНІ КУДРЯШОВА</t>
         </is>
       </c>
       <c r="E31" s="5"/>
       <c r="F31" s="7"/>
       <c r="G31" s="6" t="n">
         <v>2023</v>
       </c>
@@ -2931,51 +2935,51 @@
           <t>03067</t>
         </is>
       </c>
       <c r="L32" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M32" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N32" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O32" s="5" t="inlineStr">
         <is>
           <t>вул. Грушецька, 13</t>
         </is>
       </c>
       <c r="P32" s="5" t="inlineStr">
         <is>
-          <t>+044(45)-652-05</t>
+          <t>+38(044)-456-90-83</t>
         </is>
       </c>
       <c r="Q32" s="5" t="inlineStr">
         <is>
           <t>kvppu1903@gmail.com</t>
         </is>
       </c>
       <c r="R32" s="5" t="inlineStr">
         <is>
           <t>www.kpkitp.kiev.ua</t>
         </is>
       </c>
       <c r="S32" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T32" s="5" t="inlineStr">
         <is>
           <t>Гончаренко Алла Іванівна</t>
         </is>
       </c>
       <c r="U32" s="8"/>
       <c r="V32" s="5"/>
     </row>
@@ -5573,59 +5577,63 @@
           <t>03186</t>
         </is>
       </c>
       <c r="L63" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N63" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O63" s="5" t="inlineStr">
         <is>
           <t>бульв. Чоколівський, 19-А, офіс 3</t>
         </is>
       </c>
       <c r="P63" s="5" t="inlineStr">
         <is>
-          <t>+38(080)-033-12-61;</t>
+          <t>+38(080)-033-12-61</t>
         </is>
       </c>
       <c r="Q63" s="5" t="inlineStr">
         <is>
           <t>bs_academy@proton.me</t>
         </is>
       </c>
-      <c r="R63" s="5"/>
+      <c r="R63" s="5" t="inlineStr">
+        <is>
+          <t>https://nationalsecurity.com.ua/pidvyshhennya-kvalifikacziyi-ohoroncziv/</t>
+        </is>
+      </c>
       <c r="S63" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T63" s="5" t="inlineStr">
         <is>
           <t>Оніщенко Ганна Вячеславівна</t>
         </is>
       </c>
       <c r="U63" s="8"/>
       <c r="V63" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="64">
       <c r="A64" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Агенство безпеки "Тайфун"</t>
         </is>
       </c>
       <c r="B64" s="6" t="n">
         <v>4364</v>
       </c>
       <c r="C64" s="6"/>
       <c r="D64" s="5" t="inlineStr">
         <is>