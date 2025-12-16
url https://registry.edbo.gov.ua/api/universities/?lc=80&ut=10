--- v0 (2025-10-27)
+++ v1 (2025-12-16)
@@ -1233,51 +1233,51 @@
       </c>
       <c r="N12" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O12" s="5" t="inlineStr">
         <is>
           <t>вул. Чикаленко Євгена, 20, офіс 65</t>
         </is>
       </c>
       <c r="P12" s="5" t="inlineStr">
         <is>
           <t>+38097(75)-022-57</t>
         </is>
       </c>
       <c r="Q12" s="5"/>
       <c r="R12" s="5"/>
       <c r="S12" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T12" s="5" t="inlineStr">
         <is>
-          <t>Крилова Катерина Олексіївна</t>
+          <t>Сивак Оксана Василівна</t>
         </is>
       </c>
       <c r="U12" s="8"/>
       <c r="V12" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="13">
       <c r="A13" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ "ОДОНТОМЕД"</t>
         </is>
       </c>
       <c r="B13" s="6" t="n">
         <v>7051</v>
       </c>
       <c r="C13" s="6"/>
       <c r="D13" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ОДОНТОМЕД"</t>
         </is>
       </c>
       <c r="E13" s="5"/>
       <c r="F13" s="7"/>
       <c r="G13" s="6" t="n">
         <v>2005</v>
       </c>