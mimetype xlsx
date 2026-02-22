--- v1 (2025-12-16)
+++ v2 (2026-02-22)
@@ -363,59 +363,63 @@
           <t>03061</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Миколи Шепелєва, 3</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>+380(44)-455-05-72</t>
+          <t>+38(044)-357-50-01</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
-          <t>info@usg.org.ua</t>
-[...2 lines deleted...]
-      <c r="R2" s="5"/>
+          <t>info@hs.gov.ua</t>
+        </is>
+      </c>
+      <c r="R2" s="5" t="inlineStr">
+        <is>
+          <t>https://hs.gov.ua/</t>
+        </is>
+      </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Лихач Юлія Юріївна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Державна освітня установа "Навчально-методичний центр з питань якості освіти"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>2541</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
@@ -537,61 +541,61 @@
           <t>03151</t>
         </is>
       </c>
       <c r="L4" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M4" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N4" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O4" s="5" t="inlineStr">
         <is>
           <t>вул. Смілянська, 11</t>
         </is>
       </c>
       <c r="P4" s="5" t="inlineStr">
         <is>
-          <t>+380442423568; +380442499421;</t>
+          <t>+38(044)-242-35-68</t>
         </is>
       </c>
       <c r="Q4" s="5" t="inlineStr">
         <is>
-          <t>nmc.vfpo@ukr.net</t>
+          <t>info@nmc-vfpo.gov.ua</t>
         </is>
       </c>
       <c r="R4" s="5" t="inlineStr">
         <is>
-          <t>https://nmc-vfpo.com/</t>
+          <t>https://nmc-vfpo.gov.ua</t>
         </is>
       </c>
       <c r="S4" s="5" t="inlineStr">
         <is>
           <t>Керівник</t>
         </is>
       </c>
       <c r="T4" s="5" t="inlineStr">
         <is>
           <t>Іщенко Тетяна Дем`янівна</t>
         </is>
       </c>
       <c r="U4" s="8"/>
       <c r="V4" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="5">
       <c r="A5" s="5" t="inlineStr">
         <is>
           <t>Державний навчально-науковий заклад післядипломної освіти "Дипломатична академія України імені Геннадія Удовенка при Міністерстві закордонних справ України"</t>
         </is>
       </c>
       <c r="B5" s="6" t="n">
         <v>1015</v>
       </c>
       <c r="C5" s="6"/>
@@ -644,56 +648,56 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O5" s="5" t="inlineStr">
         <is>
           <t>вул. Велика Житомирська, 2</t>
         </is>
       </c>
       <c r="P5" s="5" t="inlineStr">
         <is>
           <t>(044) 2381545; 2794705</t>
         </is>
       </c>
       <c r="Q5" s="5" t="inlineStr">
         <is>
           <t>rector@da.mfa.gov.ua</t>
         </is>
       </c>
       <c r="R5" s="5" t="inlineStr">
         <is>
           <t>http://da.mfa.gov.ua</t>
         </is>
       </c>
       <c r="S5" s="5" t="inlineStr">
         <is>
-          <t>В.о. директора</t>
+          <t>Директор</t>
         </is>
       </c>
       <c r="T5" s="5" t="inlineStr">
         <is>
-          <t>Кириченко Олександр Павлович</t>
+          <t>Осташ Ігор Іванович</t>
         </is>
       </c>
       <c r="U5" s="8"/>
       <c r="V5" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="6">
       <c r="A6" s="5" t="inlineStr">
         <is>
           <t>Комунальне некомерційне підприємство "Перинатальний центр м.Києва" виконавчого органу Київської міської ради (Київської міської державної адміністрації)</t>
         </is>
       </c>
       <c r="B6" s="6" t="n">
         <v>5738</v>
       </c>
       <c r="C6" s="6"/>
       <c r="D6" s="5" t="inlineStr">
         <is>
           <t>КПН "Перинатальний центр м.Києва"</t>
         </is>
       </c>
       <c r="E6" s="5"/>
       <c r="F6" s="7"/>
       <c r="G6" s="6"/>
       <c r="H6" s="5" t="inlineStr">
         <is>