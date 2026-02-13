--- v0 (2025-12-22)
+++ v1 (2026-02-13)
@@ -1378,106 +1378,114 @@
         </is>
       </c>
       <c r="T13" s="5" t="inlineStr">
         <is>
           <t>Колотов Вячеслав Вікторович</t>
         </is>
       </c>
       <c r="U13" s="8"/>
       <c r="V13" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="14">
       <c r="A14" s="5" t="inlineStr">
         <is>
           <t>Державна наукова установа "Інститут екологічного відновлення та розвитку України"</t>
         </is>
       </c>
       <c r="B14" s="6" t="n">
         <v>7385</v>
       </c>
       <c r="C14" s="6"/>
       <c r="D14" s="5" t="inlineStr">
         <is>
           <t>ІЕВ</t>
         </is>
       </c>
-      <c r="E14" s="5"/>
+      <c r="E14" s="5" t="inlineStr">
+        <is>
+          <t>The State Scientific Institution “Institute of Ecological Renovation and Development of Ukraine”</t>
+        </is>
+      </c>
       <c r="F14" s="7"/>
       <c r="G14" s="6" t="n">
         <v>2025</v>
       </c>
       <c r="H14" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I14" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J14" s="5" t="inlineStr">
         <is>
-          <t>Міністерство захисту довкілля та природних ресурсів України</t>
+          <t>Міністерство економіки, довкілля та сільського господарства України</t>
         </is>
       </c>
       <c r="K14" s="7" t="inlineStr">
         <is>
           <t>03035</t>
         </is>
       </c>
       <c r="L14" s="7" t="inlineStr">
         <is>
           <t>UA80000000000980793</t>
         </is>
       </c>
       <c r="M14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N14" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O14" s="5" t="inlineStr">
         <is>
           <t>вул. Липківського Василя Митрополита, 35</t>
         </is>
       </c>
       <c r="P14" s="5" t="inlineStr">
         <is>
           <t>+38(044)-206-31-32</t>
         </is>
       </c>
       <c r="Q14" s="5" t="inlineStr">
         <is>
           <t>dnu_iev@ukr.net</t>
         </is>
       </c>
-      <c r="R14" s="5"/>
+      <c r="R14" s="5" t="inlineStr">
+        <is>
+          <t>https://ierdu.org.ua/</t>
+        </is>
+      </c>
       <c r="S14" s="5" t="inlineStr">
         <is>
           <t>В.о. директора</t>
         </is>
       </c>
       <c r="T14" s="5" t="inlineStr">
         <is>
           <t>Бондар Олександр Іванович</t>
         </is>
       </c>
       <c r="U14" s="8"/>
       <c r="V14" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="15">
       <c r="A15" s="5" t="inlineStr">
         <is>
           <t>Державне некомерційне підприємство "Державний університет "Київський авіаційний інститут"</t>
         </is>
       </c>
       <c r="B15" s="6" t="n">
         <v>7208</v>
       </c>
       <c r="C15" s="6"/>
       <c r="D15" s="5" t="inlineStr">
         <is>
@@ -2747,51 +2755,51 @@
       <c r="E29" s="5" t="inlineStr">
         <is>
           <t>Mykhailo Boichuk Kyiv State Academy of Decorative Applied Arts and Design</t>
         </is>
       </c>
       <c r="F29" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G29" s="6" t="n">
         <v>1964</v>
       </c>
       <c r="H29" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I29" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J29" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K29" s="7" t="inlineStr">
         <is>
           <t>01103</t>
         </is>
       </c>
       <c r="L29" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M29" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N29" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O29" s="5" t="inlineStr">
         <is>
           <t>вул. Михайла Бойчука, 32</t>
@@ -3409,61 +3417,61 @@
           <t>03022</t>
         </is>
       </c>
       <c r="L36" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N36" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O36" s="5" t="inlineStr">
         <is>
           <t>вул. Здановської Юлії, 18</t>
         </is>
       </c>
       <c r="P36" s="5" t="inlineStr">
         <is>
-          <t>(044) 257 70 91 , 257 03 07, 258 20 29</t>
+          <t>+38(044)-257-70-91</t>
         </is>
       </c>
       <c r="Q36" s="5" t="inlineStr">
         <is>
           <t>rector@kkibp.edu.ua</t>
         </is>
       </c>
       <c r="R36" s="5" t="inlineStr">
         <is>
-          <t>http://kkibp.kiev.ua.</t>
+          <t>http://kkibp.edu.ua</t>
         </is>
       </c>
       <c r="S36" s="5" t="inlineStr">
         <is>
           <t>В.о.ректора</t>
         </is>
       </c>
       <c r="T36" s="5" t="inlineStr">
         <is>
           <t>Гіджеліцький Віталій Миколайович</t>
         </is>
       </c>
       <c r="U36" s="8"/>
       <c r="V36" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="37">
       <c r="A37" s="5" t="inlineStr">
         <is>
           <t>КИЇВСЬКИЙ НАЦІОНАЛЬНИЙ ЕКОНОМІЧНИЙ УНІВЕРСИТЕТ ІМЕНІ ВАДИМА ГЕТЬМАНА</t>
         </is>
       </c>
       <c r="B37" s="6" t="n">
         <v>337</v>
       </c>
       <c r="C37" s="6"/>
@@ -3955,51 +3963,51 @@
       <c r="E42" s="5" t="inlineStr">
         <is>
           <t>I. K. Karpenko-Karyi Kyiv National University of Theatre, Cinema and Television</t>
         </is>
       </c>
       <c r="F42" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G42" s="6" t="n">
         <v>1904</v>
       </c>
       <c r="H42" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I42" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J42" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K42" s="7" t="inlineStr">
         <is>
           <t>01054</t>
         </is>
       </c>
       <c r="L42" s="7" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N42" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O42" s="5" t="inlineStr">
         <is>
           <t>вул. Ярославів Вал, 40</t>
@@ -4101,51 +4109,51 @@
           <t>вул. Мала Шияновська, 2</t>
         </is>
       </c>
       <c r="P43" s="5" t="inlineStr">
         <is>
           <t>(044) 2800512</t>
         </is>
       </c>
       <c r="Q43" s="5" t="inlineStr">
         <is>
           <t>knutd@knutd.edu.ua</t>
         </is>
       </c>
       <c r="R43" s="5" t="inlineStr">
         <is>
           <t>knutd.edu.ua</t>
         </is>
       </c>
       <c r="S43" s="5" t="inlineStr">
         <is>
           <t>Виконувач обов’язків ректора</t>
         </is>
       </c>
       <c r="T43" s="5" t="inlineStr">
         <is>
-          <t>Ольшанська Олександра Володимирівна</t>
+          <t>Остапенко Наталія Валентинівна</t>
         </is>
       </c>
       <c r="U43" s="8"/>
       <c r="V43" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="44">
       <c r="A44" s="5" t="inlineStr">
         <is>
           <t>Київський столичний університет імені Бориса Грінченка</t>
         </is>
       </c>
       <c r="B44" s="6" t="n">
         <v>6945</v>
       </c>
       <c r="C44" s="6"/>
       <c r="D44" s="5" t="inlineStr">
         <is>
           <t>Університет Грінченка</t>
         </is>
       </c>
       <c r="E44" s="5" t="inlineStr">
         <is>
           <t>Borys Grinchenko Kyiv Metropolitan University</t>
         </is>
       </c>
@@ -4775,51 +4783,51 @@
       <c r="E51" s="5" t="inlineStr">
         <is>
           <t>Luhansk State Academy of Culture and Arts</t>
         </is>
       </c>
       <c r="F51" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G51" s="6" t="n">
         <v>2002</v>
       </c>
       <c r="H51" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I51" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J51" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K51" s="7" t="inlineStr">
         <is>
           <t>01601</t>
         </is>
       </c>
       <c r="L51" s="7" t="inlineStr">
         <is>
           <t>UA80000000001078669</t>
         </is>
       </c>
       <c r="M51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N51" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O51" s="5" t="inlineStr">
         <is>
           <t>вул. Івана Франка, 19</t>
@@ -5149,51 +5157,51 @@
       <c r="E55" s="5" t="inlineStr">
         <is>
           <t>National Academy of Culture and Arts Management</t>
         </is>
       </c>
       <c r="F55" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G55" s="6" t="n">
         <v>1970</v>
       </c>
       <c r="H55" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I55" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J55" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K55" s="7" t="inlineStr">
         <is>
           <t>01015</t>
         </is>
       </c>
       <c r="L55" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N55" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O55" s="5" t="inlineStr">
         <is>
           <t>вул. Лаврська, 9, корпус 15</t>
@@ -5245,51 +5253,51 @@
       <c r="E56" s="5" t="inlineStr">
         <is>
           <t>National Academy of Fine Arts and Architecture</t>
         </is>
       </c>
       <c r="F56" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G56" s="6" t="n">
         <v>1917</v>
       </c>
       <c r="H56" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I56" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J56" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K56" s="7" t="inlineStr">
         <is>
           <t>04053</t>
         </is>
       </c>
       <c r="L56" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N56" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O56" s="5" t="inlineStr">
         <is>
           <t>вул. Вознесенський узвіз, 20</t>
@@ -5525,51 +5533,51 @@
       <c r="E59" s="5" t="inlineStr">
         <is>
           <t>Ukrainian National Tchaikovsky Academy of Music</t>
         </is>
       </c>
       <c r="F59" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G59" s="6" t="n">
         <v>1913</v>
       </c>
       <c r="H59" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I59" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J59" s="5" t="inlineStr">
         <is>
-          <t>Міністерство культури та стратегічних комунікацій України</t>
+          <t>Міністерство культури України</t>
         </is>
       </c>
       <c r="K59" s="7" t="inlineStr">
         <is>
           <t>01001</t>
         </is>
       </c>
       <c r="L59" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N59" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O59" s="5" t="inlineStr">
         <is>
           <t>вул. Городецького, 1-3/11</t>
@@ -5839,63 +5847,59 @@
           <t>01010</t>
         </is>
       </c>
       <c r="L62" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N62" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O62" s="5" t="inlineStr">
         <is>
           <t>вул. Омеляновича-Павленка, 1</t>
         </is>
       </c>
       <c r="P62" s="5" t="inlineStr">
         <is>
-          <t>+38(044) 280 82 03</t>
+          <t>+38(044)-280-82-03</t>
         </is>
       </c>
       <c r="Q62" s="5" t="inlineStr">
         <is>
           <t>general@ntu.edu.ua</t>
         </is>
       </c>
-      <c r="R62" s="5" t="inlineStr">
-[...3 lines deleted...]
-      </c>
+      <c r="R62" s="5"/>
       <c r="S62" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T62" s="5" t="inlineStr">
         <is>
           <t>Грищук Олександр Казимирович</t>
         </is>
       </c>
       <c r="U62" s="8"/>
       <c r="V62" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="63">
       <c r="A63" s="5" t="inlineStr">
         <is>
           <t>Національний університет біоресурсів і природокористування України</t>
         </is>
       </c>
       <c r="B63" s="6" t="n">
         <v>7</v>
       </c>
       <c r="C63" s="6"/>
       <c r="D63" s="5" t="inlineStr">
         <is>
@@ -6281,51 +6285,51 @@
       <c r="E67" s="5" t="inlineStr">
         <is>
           <t>National University of Ukraine on Physical Education and Sport</t>
         </is>
       </c>
       <c r="F67" s="7" t="inlineStr">
         <is>
           <t>так</t>
         </is>
       </c>
       <c r="G67" s="6" t="n">
         <v>1930</v>
       </c>
       <c r="H67" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I67" s="5" t="inlineStr">
         <is>
           <t>Державна</t>
         </is>
       </c>
       <c r="J67" s="5" t="inlineStr">
         <is>
-          <t>Міністерство освіти і науки України</t>
+          <t>Міністерство молоді та спорту України</t>
         </is>
       </c>
       <c r="K67" s="7" t="inlineStr">
         <is>
           <t>03150</t>
         </is>
       </c>
       <c r="L67" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N67" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O67" s="5" t="inlineStr">
         <is>
           <t>вул. Фізкультури, 1</t>
@@ -6422,56 +6426,56 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O68" s="5" t="inlineStr">
         <is>
           <t>вул. Володимирська, 68</t>
         </is>
       </c>
       <c r="P68" s="5" t="inlineStr">
         <is>
           <t>+38(044) 289-95-55</t>
         </is>
       </c>
       <c r="Q68" s="5" t="inlineStr">
         <is>
           <t>info@nuft.edu.ua</t>
         </is>
       </c>
       <c r="R68" s="5" t="inlineStr">
         <is>
           <t>www.nuft.edu.ua</t>
         </is>
       </c>
       <c r="S68" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T68" s="5" t="inlineStr">
         <is>
-          <t>Шевченко Олександр Юхимович</t>
+          <t>Яровий Володимир Леонідович</t>
         </is>
       </c>
       <c r="U68" s="8"/>
       <c r="V68" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="69">
       <c r="A69" s="5" t="inlineStr">
         <is>
           <t>Приватна установа "Університет "Київська школа економіки"</t>
         </is>
       </c>
       <c r="B69" s="6" t="n">
         <v>3924</v>
       </c>
       <c r="C69" s="6"/>
       <c r="D69" s="5" t="inlineStr">
         <is>
           <t>Київська школа економіки</t>
         </is>
       </c>
       <c r="E69" s="5" t="inlineStr">
         <is>
           <t>Private institution “University “Kyiv School of Economics”</t>
         </is>
       </c>
@@ -7460,56 +7464,56 @@
         </is>
       </c>
       <c r="J80" s="5"/>
       <c r="K80" s="7" t="inlineStr">
         <is>
           <t>01042</t>
         </is>
       </c>
       <c r="L80" s="7" t="inlineStr">
         <is>
           <t>UA80000000000624772</t>
         </is>
       </c>
       <c r="M80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N80" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O80" s="5" t="inlineStr">
         <is>
-          <t>вул. Чигоріна, 20</t>
+          <t>вул. Дорошенка Дмитра, 20</t>
         </is>
       </c>
       <c r="P80" s="5" t="inlineStr">
         <is>
-          <t>(044)285-00-36</t>
+          <t>+38(044)-285-00-36</t>
         </is>
       </c>
       <c r="Q80" s="5" t="inlineStr">
         <is>
           <t>kuk_kiev@ukr.net</t>
         </is>
       </c>
       <c r="R80" s="5" t="inlineStr">
         <is>
           <t>https://kuk.edu.ua/</t>
         </is>
       </c>
       <c r="S80" s="5" t="inlineStr">
         <is>
           <t>Ректор</t>
         </is>
       </c>
       <c r="T80" s="5" t="inlineStr">
         <is>
           <t>Пилипів Володимир Іванович</t>
         </is>
       </c>
       <c r="U80" s="8"/>
       <c r="V80" s="5"/>
     </row>
@@ -8261,56 +8265,56 @@
           <t>03087</t>
         </is>
       </c>
       <c r="L89" s="7" t="inlineStr">
         <is>
           <t>UA80000000000093317</t>
         </is>
       </c>
       <c r="M89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="N89" s="5" t="inlineStr">
         <is>
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O89" s="5" t="inlineStr">
         <is>
           <t>вул. Лондонська, 5-А</t>
         </is>
       </c>
       <c r="P89" s="5" t="inlineStr">
         <is>
-          <t>(044) 243 01 17, +38098 777 67 17, +38050 777 09 67</t>
+          <t>0442434293;</t>
         </is>
       </c>
       <c r="Q89" s="5" t="inlineStr">
         <is>
-          <t>info@fpk.in.ua</t>
+          <t>f_p_college@meta.ua</t>
         </is>
       </c>
       <c r="R89" s="5" t="inlineStr">
         <is>
           <t>www.fpk.in.ua</t>
         </is>
       </c>
       <c r="S89" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T89" s="5" t="inlineStr">
         <is>
           <t>Губанова Тамара Олексіївна</t>
         </is>
       </c>
       <c r="U89" s="8"/>
       <c r="V89" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="90">
       <c r="A90" s="5" t="inlineStr">
         <is>
           <t>Приватний вищий навчальний заклад-інститут "Українсько-американський університет Конкордія"</t>
         </is>
@@ -9060,56 +9064,56 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O98" s="5" t="inlineStr">
         <is>
           <t>вул. Іоанна Павла ІІ, 17</t>
         </is>
       </c>
       <c r="P98" s="5" t="inlineStr">
         <is>
           <t>+380953123846</t>
         </is>
       </c>
       <c r="Q98" s="5" t="inlineStr">
         <is>
           <t>uni@snu.edu.ua</t>
         </is>
       </c>
       <c r="R98" s="5" t="inlineStr">
         <is>
           <t>http://snu.edu.ua</t>
         </is>
       </c>
       <c r="S98" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>Виконувач обов’язків ректора</t>
         </is>
       </c>
       <c r="T98" s="5" t="inlineStr">
         <is>
-          <t>Поркуян Ольга Вікторівна</t>
+          <t>Целіщев Олексій Борисович</t>
         </is>
       </c>
       <c r="U98" s="8"/>
       <c r="V98" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="99">
       <c r="A99" s="5" t="inlineStr">
         <is>
           <t>Таврійський національний університет імені В.І.Вернадського</t>
         </is>
       </c>
       <c r="B99" s="6" t="n">
         <v>892</v>
       </c>
       <c r="C99" s="6"/>
       <c r="D99" s="5" t="inlineStr">
         <is>
           <t>ТНУ ім. В.І.Вернадського</t>
         </is>
       </c>
       <c r="E99" s="5" t="inlineStr">
         <is>
           <t>V.I. Vernadsky Taurida National University</t>
         </is>
       </c>
@@ -9326,58 +9330,52 @@
           <t>м. Київ</t>
         </is>
       </c>
       <c r="O101" s="5" t="inlineStr">
         <is>
           <t>вул. Гончара Олеся, 79 кв 19</t>
         </is>
       </c>
       <c r="P101" s="5" t="inlineStr">
         <is>
           <t>+38(095)-026-93-26;</t>
         </is>
       </c>
       <c r="Q101" s="5"/>
       <c r="R101" s="5"/>
       <c r="S101" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T101" s="5" t="inlineStr">
         <is>
           <t>Гаркавенко Зоя Олександрівна</t>
         </is>
       </c>
-      <c r="U101" s="8" t="n">
-[...6 lines deleted...]
-      </c>
+      <c r="U101" s="8"/>
+      <c r="V101" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="102">
       <c r="A102" s="5" t="inlineStr">
         <is>
           <t>Товариство з обмеженою відповідальністю "Вищий навчальний заклад "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="B102" s="6" t="n">
         <v>5752</v>
       </c>
       <c r="C102" s="6"/>
       <c r="D102" s="5" t="inlineStr">
         <is>
           <t>ТОВ "ВНЗ "АМЕРІКАН ЮНІВЕРСІТІ КИЇВ"</t>
         </is>
       </c>
       <c r="E102" s="5" t="inlineStr">
         <is>
           <t>Limited Liability Company “Higher Educational Establishment “AMERICAN UNIVERSITY KYIV”</t>
         </is>
       </c>
       <c r="F102" s="7"/>
       <c r="G102" s="6"/>
       <c r="H102" s="5" t="inlineStr">
         <is>
@@ -9856,52 +9854,58 @@
         <is>
           <t>вул. Ломоносова, 18</t>
         </is>
       </c>
       <c r="P107" s="5" t="inlineStr">
         <is>
           <t>(044) 2216038; 5288282</t>
         </is>
       </c>
       <c r="Q107" s="5" t="inlineStr">
         <is>
           <t>medkolledg2@ukr.net</t>
         </is>
       </c>
       <c r="R107" s="5"/>
       <c r="S107" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T107" s="5" t="inlineStr">
         <is>
           <t>Барчукова Тетяна Вікторівна</t>
         </is>
       </c>
-      <c r="U107" s="8"/>
-      <c r="V107" s="5"/>
+      <c r="U107" s="8" t="n">
+        <v>46058</v>
+      </c>
+      <c r="V107" s="5" t="inlineStr">
+        <is>
+          <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
+        </is>
+      </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="108">
       <c r="A108" s="5" t="inlineStr">
         <is>
           <t>ТОВАРИСТВО З ОБМЕЖЕНОЮ ВІДПОВІДАЛЬНІСТЮ ПРИВАТНИЙ ВИЩИЙ НАВЧАЛЬНИЙ ЗАКЛАД "УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ"</t>
         </is>
       </c>
       <c r="B108" s="6" t="n">
         <v>7012</v>
       </c>
       <c r="C108" s="6"/>
       <c r="D108" s="5" t="inlineStr">
         <is>
           <t>«УНІВЕРСИТЕТ СУЧАСНИХ ТЕХНОЛОГІЙ»</t>
         </is>
       </c>
       <c r="E108" s="5" t="inlineStr">
         <is>
           <t>LIMITED LIABILITY COMPANY PRIVATE HIGHER EDUCATION INSTITUTION "UNIVERSITY OF MODERN TECHNOLOGIES"</t>
         </is>
       </c>
       <c r="F108" s="7"/>
       <c r="G108" s="6" t="n">
         <v>2024</v>
       </c>