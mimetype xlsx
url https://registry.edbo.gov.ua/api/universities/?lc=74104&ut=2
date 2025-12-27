--- v0 (2025-10-27)
+++ v1 (2025-12-27)
@@ -469,51 +469,51 @@
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Липіврізька, 50 А</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>0463125319,24351</t>
         </is>
       </c>
       <c r="Q3" s="5"/>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Костирко Михайло Миколайович</t>
         </is>
       </c>
       <c r="U3" s="8" t="n">
-        <v>45306</v>
+        <v>46006</v>
       </c>
       <c r="V3" s="5" t="inlineStr">
         <is>
           <t>Увага! З дати блокування суб'єкта освітньої діяльності в ЄДЕБО інформація про нього не підтримується в повному, актуальному та достовірному стані</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Приватне підприємство "Авто-старт"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>7196</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ПП "Авто-старт"</t>
         </is>
       </c>
       <c r="E4" s="5"/>
       <c r="F4" s="7"/>
       <c r="G4" s="6" t="n">