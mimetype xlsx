--- v0 (2025-12-19)
+++ v1 (2026-02-22)
@@ -411,51 +411,51 @@
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Комунальний навчальний заклад "Чернігівський обласний навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>3981</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>Обласний навчально-виробничий центр</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J3" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K3" s="7" t="inlineStr">
         <is>
           <t>14020</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA74100390010122363</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>