--- v0 (2025-10-13)
+++ v1 (2026-02-14)
@@ -388,56 +388,56 @@
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 95</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
           <t>(0462) 665-103</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>cstu@stu.cn.ua</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>stu.cn.ua</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
-          <t>Ректор</t>
+          <t>В.о. ректора</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
-          <t>Новомлинець Олег Олександрович</t>
+          <t>Кальченко Володимир Віталійович</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="3">
       <c r="A3" s="5" t="inlineStr">
         <is>
           <t>Пенітенціарна академія України</t>
         </is>
       </c>
       <c r="B3" s="6" t="n">
         <v>850</v>
       </c>
       <c r="C3" s="6"/>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>ПАУ</t>
         </is>
       </c>
       <c r="E3" s="5" t="inlineStr">
         <is>
           <t>Penitentiary Academy of Ukraine</t>
         </is>
       </c>
@@ -465,61 +465,61 @@
           <t>14000</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA74100390010122363</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Гонча, 34</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(046) 267-68-22</t>
+          <t>+38(046)-267-68-22</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>academy@kvs.gov.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
-          <t>academysps.edu.ua</t>
+          <t>pau.edu.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Ректор Пенітенціарної академії України</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
           <t>Гречанюк Сергій Костянтинович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Чернігівський інститут інформації, бізнесу і права Закладу вищої освіти "Міжнародний науково-технічний університет імені академіка Юрія Бугая"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>1369</v>
       </c>
       <c r="C4" s="6" t="n">