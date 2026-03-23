--- v0 (2025-11-02)
+++ v1 (2026-03-23)
@@ -432,92 +432,92 @@
         <v>7007</v>
       </c>
       <c r="D3" s="5" t="inlineStr">
         <is>
           <t>.</t>
         </is>
       </c>
       <c r="E3" s="5"/>
       <c r="F3" s="7"/>
       <c r="G3" s="6" t="n">
         <v>2024</v>
       </c>
       <c r="H3" s="5" t="inlineStr">
         <is>
           <t>Заклад фахової передвищої освіти</t>
         </is>
       </c>
       <c r="I3" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J3" s="5"/>
       <c r="K3" s="7" t="inlineStr">
         <is>
-          <t>14034</t>
+          <t>14017</t>
         </is>
       </c>
       <c r="L3" s="7" t="inlineStr">
         <is>
           <t>UA74100390010054825</t>
         </is>
       </c>
       <c r="M3" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N3" s="5" t="inlineStr">
         <is>
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
-          <t>просп. М.Грушевського, 166-Б</t>
+          <t>вул. Мазепи Івана, 52</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
-          <t>(063)053-44-30</t>
+          <t>+38(063)-053-44-30</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>utm.koledg@gmail.com</t>
         </is>
       </c>
       <c r="R3" s="5"/>
       <c r="S3" s="5" t="inlineStr">
         <is>
           <t>Директор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Ляшенко Артем Костянтинович</t>
+          <t>Шестаковська Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Відокремлений структурний підрозділ "Фаховий коледж транспорту та комп`ютерних технологій Національного університету "Чернігівська політехніка"</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>2646</v>
       </c>
       <c r="C4" s="6" t="n">
         <v>140</v>
       </c>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>ВСП "ФКТКТ НУ "Чернігівська політехніка"</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>Separated Subdivision «Applied College of Transport and Computer Technology of Chernihiv Polytechnic National University»</t>