--- v0 (2025-10-17)
+++ v1 (2026-02-22)
@@ -927,51 +927,51 @@
       <c r="U8" s="8"/>
       <c r="V8" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="9">
       <c r="A9" s="5" t="inlineStr">
         <is>
           <t>Комунальний навчальний заклад "Чернігівський обласний навчально-виробничий центр"</t>
         </is>
       </c>
       <c r="B9" s="6" t="n">
         <v>3981</v>
       </c>
       <c r="C9" s="6"/>
       <c r="D9" s="5" t="inlineStr">
         <is>
           <t>Обласний навчально-виробничий центр</t>
         </is>
       </c>
       <c r="E9" s="5"/>
       <c r="F9" s="7"/>
       <c r="G9" s="6" t="n">
         <v>1995</v>
       </c>
       <c r="H9" s="5" t="inlineStr">
         <is>
-          <t>Інший заклад освіти, що надає професійну (професійно-технічну освіту)</t>
+          <t>Заклад професійної (професійно-технічної) освіти</t>
         </is>
       </c>
       <c r="I9" s="5" t="inlineStr">
         <is>
           <t>Комунальна</t>
         </is>
       </c>
       <c r="J9" s="5" t="inlineStr">
         <is>
           <t>Обласна рада</t>
         </is>
       </c>
       <c r="K9" s="7" t="inlineStr">
         <is>
           <t>14020</t>
         </is>
       </c>
       <c r="L9" s="7" t="inlineStr">
         <is>
           <t>UA74100390010122363</t>
         </is>
       </c>
       <c r="M9" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>