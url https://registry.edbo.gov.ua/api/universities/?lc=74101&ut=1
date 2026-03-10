--- v1 (2026-01-22)
+++ v2 (2026-03-10)
@@ -318,94 +318,98 @@
         <is>
           <t>Дата блокування суб'єкта освітньої діяльності в ЄДЕБО</t>
         </is>
       </c>
       <c r="V1" s="4" t="inlineStr">
         <is>
           <t>Примітки</t>
         </is>
       </c>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="2">
       <c r="A2" s="5" t="inlineStr">
         <is>
           <t>ЗАКЛАД ВИЩОЇ ОСВІТИ "УНІВЕРСИТЕТ ТРАНСФОРМАЦІЇ МАЙБУТНЬОГО"</t>
         </is>
       </c>
       <c r="B2" s="6" t="n">
         <v>7007</v>
       </c>
       <c r="C2" s="6"/>
       <c r="D2" s="5" t="inlineStr">
         <is>
           <t>ЗВО “УТМ”</t>
         </is>
       </c>
-      <c r="E2" s="5"/>
+      <c r="E2" s="5" t="inlineStr">
+        <is>
+          <t>HIGER EDUCATIONAL INSTITUTION "University of Future Transformation"</t>
+        </is>
+      </c>
       <c r="F2" s="7"/>
       <c r="G2" s="6" t="n">
         <v>2024</v>
       </c>
       <c r="H2" s="5" t="inlineStr">
         <is>
           <t>Заклад вищої освіти</t>
         </is>
       </c>
       <c r="I2" s="5" t="inlineStr">
         <is>
           <t>Приватна</t>
         </is>
       </c>
       <c r="J2" s="5"/>
       <c r="K2" s="7" t="inlineStr">
         <is>
           <t>14000</t>
         </is>
       </c>
       <c r="L2" s="7" t="inlineStr">
         <is>
           <t>UA74100390010054825</t>
         </is>
       </c>
       <c r="M2" s="5" t="inlineStr">
         <is>
           <t>Чернігівська обл.</t>
         </is>
       </c>
       <c r="N2" s="5" t="inlineStr">
         <is>
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O2" s="5" t="inlineStr">
         <is>
           <t>вул. Реміснича, 28</t>
         </is>
       </c>
       <c r="P2" s="5" t="inlineStr">
         <is>
-          <t>(073)047-26-26</t>
+          <t>+38(063)-952-95-77</t>
         </is>
       </c>
       <c r="Q2" s="5" t="inlineStr">
         <is>
           <t>utmzvo@gmail.com</t>
         </is>
       </c>
       <c r="R2" s="5" t="inlineStr">
         <is>
           <t>http://uft.in.ua/</t>
         </is>
       </c>
       <c r="S2" s="5" t="inlineStr">
         <is>
           <t>Президент</t>
         </is>
       </c>
       <c r="T2" s="5" t="inlineStr">
         <is>
           <t>Шестаковська Тетяна Леонідівна</t>
         </is>
       </c>
       <c r="U2" s="8"/>
       <c r="V2" s="5"/>
     </row>
@@ -472,56 +476,56 @@
           <t>м. Чернігів</t>
         </is>
       </c>
       <c r="O3" s="5" t="inlineStr">
         <is>
           <t>вул. Шевченка, 95</t>
         </is>
       </c>
       <c r="P3" s="5" t="inlineStr">
         <is>
           <t>(0462) 665-103</t>
         </is>
       </c>
       <c r="Q3" s="5" t="inlineStr">
         <is>
           <t>cstu@stu.cn.ua</t>
         </is>
       </c>
       <c r="R3" s="5" t="inlineStr">
         <is>
           <t>stu.cn.ua</t>
         </is>
       </c>
       <c r="S3" s="5" t="inlineStr">
         <is>
-          <t>В.о. ректора</t>
+          <t>Ректор</t>
         </is>
       </c>
       <c r="T3" s="5" t="inlineStr">
         <is>
-          <t>Кальченко Володимир Віталійович</t>
+          <t>Новомлинець Олег Олександрович</t>
         </is>
       </c>
       <c r="U3" s="8"/>
       <c r="V3" s="5"/>
     </row>
     <row collapsed="" customFormat="false" customHeight="" hidden="" ht="12.1" outlineLevel="0" r="4">
       <c r="A4" s="5" t="inlineStr">
         <is>
           <t>Національний університет "Чернігівський колегіум" імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="B4" s="6" t="n">
         <v>158</v>
       </c>
       <c r="C4" s="6"/>
       <c r="D4" s="5" t="inlineStr">
         <is>
           <t>НУЧК імені Т.Г. Шевченка</t>
         </is>
       </c>
       <c r="E4" s="5" t="inlineStr">
         <is>
           <t>T.H. Shevchenko National University "Chernihiv Colehium"</t>
         </is>
       </c>